--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="294">
   <si>
-    <t>October 15th, 2025</t>
+    <t>November 4th, 2025</t>
   </si>
   <si>
     <t>Plant Name</t>
   </si>
   <si>
     <t>Plant Category</t>
   </si>
   <si>
     <t>Seed Source</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Plant Size</t>
   </si>
   <si>
     <t>Price&lt;100</t>
   </si>
   <si>
     <t>Price 100+</t>
   </si>
   <si>
     <t>Stems</t>
   </si>
@@ -361,129 +361,129 @@
   <si>
     <t>Quercus garryana</t>
   </si>
   <si>
     <t>Quercus kelloggii</t>
   </si>
   <si>
     <t>Quercus phellos</t>
   </si>
   <si>
     <t>Quercus suber</t>
   </si>
   <si>
     <t>Quercus vaccinifolia</t>
   </si>
   <si>
     <t>Quercus wislizenii</t>
   </si>
   <si>
     <t>Rhamnus californica ssp. occidentalis</t>
   </si>
   <si>
     <t>Rhamnus purshiana</t>
   </si>
   <si>
+    <t>Rhus glabra</t>
+  </si>
+  <si>
+    <t>Rhus trilobata</t>
+  </si>
+  <si>
+    <t>Morgan County, UT</t>
+  </si>
+  <si>
+    <t>Ribes alpinum</t>
+  </si>
+  <si>
+    <t>Ribes aureum</t>
+  </si>
+  <si>
+    <t>12"+</t>
+  </si>
+  <si>
+    <t>Ribes bracteosum</t>
+  </si>
+  <si>
+    <t>Ribes cereum</t>
+  </si>
+  <si>
+    <t>Ribes divaricatum</t>
+  </si>
+  <si>
+    <t>Ribes nevadense</t>
+  </si>
+  <si>
+    <t>Ribes roezlii</t>
+  </si>
+  <si>
+    <t>El Dorado County, CA</t>
+  </si>
+  <si>
+    <t>Ribes sanguineum</t>
+  </si>
+  <si>
+    <t>Ribes X Nidigrolaria</t>
+  </si>
+  <si>
+    <t>Rosa gymnocarpa</t>
+  </si>
+  <si>
+    <t>Rosa nutkana</t>
+  </si>
+  <si>
+    <t>Rosa pisocarpa</t>
+  </si>
+  <si>
+    <t>Rosa rugosa</t>
+  </si>
+  <si>
+    <t>Rosa woodsii</t>
+  </si>
+  <si>
+    <t>Rubus leucodermis</t>
+  </si>
+  <si>
+    <t>Rubus odoratus</t>
+  </si>
+  <si>
+    <t>Rubus parviflorus</t>
+  </si>
+  <si>
+    <t>Rubus spectabilis</t>
+  </si>
+  <si>
+    <t>Rubus ursinus</t>
+  </si>
+  <si>
+    <t>Salix exigua</t>
+  </si>
+  <si>
+    <t>Salix hookeriana</t>
+  </si>
+  <si>
     <t>1'/2'</t>
-  </si>
-[...76 lines deleted...]
-    <t>Salix hookeriana</t>
   </si>
   <si>
     <t>Salix lasiandra</t>
   </si>
   <si>
     <t>Salix lemmonii</t>
   </si>
   <si>
     <t>4+</t>
   </si>
   <si>
     <t>4'/5'</t>
   </si>
   <si>
     <t>Salix purpurea 'nana'</t>
   </si>
   <si>
     <t>15"/18" wide</t>
   </si>
   <si>
     <t>Salix scouleriana</t>
   </si>
   <si>
     <t>Salix sitchensis</t>
   </si>
@@ -1307,51 +1307,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K257"/>
+  <dimension ref="A1:K253"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="K3" sqref="K3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="2"/>
     <col min="5" max="5" width="15" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="15" customWidth="true" style="2"/>
     <col min="9" max="9" width="15" customWidth="true" style="2"/>
     <col min="10" max="10" width="15" customWidth="true" style="2"/>
     <col min="11" max="11" width="15" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -1382,51 +1382,51 @@
       </c>
       <c r="H3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" s="2">
-        <v>500</v>
+        <v>450</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="2">
         <v>2.18</v>
       </c>
       <c r="G4" s="2">
         <v>1.45</v>
       </c>
       <c r="H4" s="2">
         <v>1</v>
       </c>
       <c r="I4" s="2">
         <v>50</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
@@ -1953,51 +1953,51 @@
       <c r="G22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J22" s="2"/>
       <c r="K22" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" t="s">
         <v>39</v>
       </c>
       <c r="B23" t="s">
         <v>13</v>
       </c>
       <c r="C23" t="s">
         <v>14</v>
       </c>
       <c r="D23" s="2">
-        <v>125</v>
+        <v>100</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F23" s="2">
         <v>1.8</v>
       </c>
       <c r="G23" s="2">
         <v>1.2</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I23" s="2">
         <v>25</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" t="s">
@@ -3004,51 +3004,51 @@
       </c>
       <c r="H55" s="2">
         <v>1</v>
       </c>
       <c r="I55" s="2">
         <v>50</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>76</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" t="s">
         <v>74</v>
       </c>
       <c r="B56" t="s">
         <v>13</v>
       </c>
       <c r="C56" t="s">
         <v>77</v>
       </c>
       <c r="D56" s="2">
-        <v>400</v>
+        <v>350</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F56" s="2">
         <v>1.8</v>
       </c>
       <c r="G56" s="2">
         <v>1.2</v>
       </c>
       <c r="H56" s="2">
         <v>1</v>
       </c>
       <c r="I56" s="2">
         <v>50</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>79</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" t="s">
@@ -4022,5352 +4022,5204 @@
       <c r="G87" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H87" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J87" s="2"/>
       <c r="K87" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" t="s">
         <v>114</v>
       </c>
       <c r="B88" t="s">
         <v>13</v>
       </c>
       <c r="C88" t="s">
         <v>14</v>
       </c>
       <c r="D88" s="2">
-        <v>200</v>
+        <v>600</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="F88" s="2">
-        <v>1.28</v>
+        <v>0.68</v>
       </c>
       <c r="G88" s="2">
-        <v>0.85</v>
+        <v>0.45</v>
       </c>
       <c r="H88" s="2">
         <v>1</v>
       </c>
       <c r="I88" s="2">
         <v>100</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B89" t="s">
         <v>13</v>
       </c>
       <c r="C89" t="s">
-        <v>14</v>
+        <v>84</v>
       </c>
       <c r="D89" s="2">
-        <v>600</v>
+        <v>300</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F89" s="2">
-        <v>0.68</v>
+        <v>0.98</v>
       </c>
       <c r="G89" s="2">
-        <v>0.45</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>0.65</v>
+      </c>
+      <c r="H89" s="2" t="s">
+        <v>28</v>
       </c>
       <c r="I89" s="2">
         <v>100</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B90" t="s">
         <v>13</v>
       </c>
       <c r="C90" t="s">
-        <v>14</v>
+        <v>84</v>
       </c>
       <c r="D90" s="2">
         <v>200</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>115</v>
+        <v>30</v>
       </c>
       <c r="F90" s="2">
-        <v>2.0</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>1.43</v>
+      </c>
+      <c r="G90" s="2">
+        <v>0.95</v>
+      </c>
+      <c r="H90" s="2" t="s">
+        <v>28</v>
       </c>
       <c r="I90" s="2">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="J90" s="2" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" t="s">
         <v>116</v>
       </c>
       <c r="B91" t="s">
         <v>13</v>
       </c>
       <c r="C91" t="s">
-        <v>84</v>
+        <v>117</v>
       </c>
       <c r="D91" s="2">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="F91" s="2">
-        <v>0.98</v>
+        <v>1.65</v>
       </c>
       <c r="G91" s="2">
-        <v>0.65</v>
+        <v>1.1</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I91" s="2">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B92" t="s">
         <v>13</v>
       </c>
-      <c r="C92" t="s">
-[...12 lines deleted...]
-        <v>0.95</v>
+      <c r="C92"/>
+      <c r="D92" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E92" s="2"/>
+      <c r="F92" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G92" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H92" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I92" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J92" s="2"/>
       <c r="K92" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B93" t="s">
         <v>13</v>
       </c>
-      <c r="C93" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C93"/>
       <c r="D93" s="2">
         <v>50</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>53</v>
+        <v>120</v>
       </c>
       <c r="F93" s="2">
-        <v>1.65</v>
+        <v>2.1</v>
       </c>
       <c r="G93" s="2">
-        <v>1.1</v>
+        <v>1.4</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I93" s="2">
         <v>50</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B94" t="s">
         <v>13</v>
       </c>
       <c r="C94"/>
       <c r="D94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E94" s="2"/>
       <c r="F94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J94" s="2"/>
       <c r="K94" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B95" t="s">
         <v>13</v>
       </c>
       <c r="C95"/>
-      <c r="D95" s="2">
-[...9 lines deleted...]
-        <v>1.4</v>
+      <c r="D95" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E95" s="2"/>
+      <c r="F95" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G95" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H95" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I95" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J95" s="2"/>
       <c r="K95" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B96" t="s">
         <v>13</v>
       </c>
       <c r="C96"/>
       <c r="D96" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E96" s="2"/>
       <c r="F96" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G96" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H96" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I96" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J96" s="2"/>
       <c r="K96" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B97" t="s">
         <v>13</v>
       </c>
       <c r="C97"/>
       <c r="D97" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E97" s="2"/>
       <c r="F97" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G97" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H97" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I97" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J97" s="2"/>
       <c r="K97" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B98" t="s">
         <v>13</v>
       </c>
-      <c r="C98"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C98" t="s">
+        <v>126</v>
+      </c>
+      <c r="D98" s="2">
+        <v>300</v>
+      </c>
+      <c r="E98" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F98" s="2">
+        <v>1.28</v>
+      </c>
+      <c r="G98" s="2">
+        <v>0.85</v>
       </c>
       <c r="H98" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J98" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I98" s="2">
+        <v>50</v>
+      </c>
+      <c r="J98" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K98" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B99" t="s">
         <v>13</v>
       </c>
       <c r="C99"/>
       <c r="D99" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E99" s="2"/>
       <c r="F99" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G99" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H99" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I99" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J99" s="2"/>
       <c r="K99" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B100" t="s">
         <v>13</v>
       </c>
-      <c r="C100" t="s">
-[...12 lines deleted...]
-        <v>0.85</v>
+      <c r="C100"/>
+      <c r="D100" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E100" s="2"/>
+      <c r="F100" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G100" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H100" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I100" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J100" s="2"/>
       <c r="K100" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B101" t="s">
         <v>13</v>
       </c>
       <c r="C101"/>
       <c r="D101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E101" s="2"/>
       <c r="F101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J101" s="2"/>
       <c r="K101" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B102" t="s">
         <v>13</v>
       </c>
       <c r="C102"/>
       <c r="D102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E102" s="2"/>
       <c r="F102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J102" s="2"/>
       <c r="K102" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B103" t="s">
         <v>13</v>
       </c>
       <c r="C103"/>
       <c r="D103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E103" s="2"/>
       <c r="F103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J103" s="2"/>
       <c r="K103" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B104" t="s">
         <v>13</v>
       </c>
       <c r="C104"/>
       <c r="D104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E104" s="2"/>
       <c r="F104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J104" s="2"/>
       <c r="K104" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B105" t="s">
         <v>13</v>
       </c>
       <c r="C105"/>
       <c r="D105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E105" s="2"/>
       <c r="F105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J105" s="2"/>
       <c r="K105" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B106" t="s">
         <v>13</v>
       </c>
       <c r="C106"/>
       <c r="D106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E106" s="2"/>
       <c r="F106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J106" s="2"/>
       <c r="K106" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B107" t="s">
         <v>13</v>
       </c>
       <c r="C107"/>
       <c r="D107" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E107" s="2"/>
       <c r="F107" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G107" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H107" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I107" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J107" s="2"/>
       <c r="K107" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B108" t="s">
         <v>13</v>
       </c>
       <c r="C108"/>
       <c r="D108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E108" s="2"/>
       <c r="F108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J108" s="2"/>
       <c r="K108" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B109" t="s">
         <v>13</v>
       </c>
       <c r="C109"/>
       <c r="D109" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E109" s="2"/>
       <c r="F109" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G109" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H109" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I109" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J109" s="2"/>
       <c r="K109" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B110" t="s">
         <v>13</v>
       </c>
       <c r="C110"/>
       <c r="D110" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E110" s="2"/>
       <c r="F110" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G110" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H110" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I110" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J110" s="2"/>
       <c r="K110" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B111" t="s">
         <v>13</v>
       </c>
       <c r="C111"/>
       <c r="D111" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E111" s="2"/>
       <c r="F111" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G111" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H111" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I111" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J111" s="2"/>
       <c r="K111" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B112" t="s">
         <v>13</v>
       </c>
-      <c r="C112"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C112" t="s">
+        <v>14</v>
+      </c>
+      <c r="D112" s="2">
+        <v>1550</v>
+      </c>
+      <c r="E112" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F112" s="2">
+        <v>1.28</v>
+      </c>
+      <c r="G112" s="2">
+        <v>0.85</v>
       </c>
       <c r="H112" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J112" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I112" s="2">
+        <v>50</v>
+      </c>
+      <c r="J112" s="2" t="s">
+        <v>46</v>
+      </c>
       <c r="K112" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" t="s">
         <v>140</v>
       </c>
       <c r="B113" t="s">
         <v>13</v>
       </c>
-      <c r="C113"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C113" t="s">
+        <v>14</v>
+      </c>
+      <c r="D113" s="2">
+        <v>400</v>
+      </c>
+      <c r="E113" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F113" s="2">
+        <v>0.9</v>
+      </c>
+      <c r="G113" s="2">
+        <v>0.6</v>
       </c>
       <c r="H113" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J113" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I113" s="2">
+        <v>50</v>
+      </c>
+      <c r="J113" s="2" t="s">
+        <v>46</v>
+      </c>
       <c r="K113" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" t="s">
+        <v>142</v>
+      </c>
+      <c r="B114" t="s">
+        <v>13</v>
+      </c>
+      <c r="C114" t="s">
+        <v>52</v>
+      </c>
+      <c r="D114" s="2">
+        <v>1950</v>
+      </c>
+      <c r="E114" s="2" t="s">
         <v>141</v>
-      </c>
-[...10 lines deleted...]
-        <v>115</v>
       </c>
       <c r="F114" s="2">
         <v>1.28</v>
       </c>
       <c r="G114" s="2">
         <v>0.85</v>
       </c>
       <c r="H114" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I114" s="2">
         <v>50</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>46</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B115" t="s">
         <v>13</v>
       </c>
       <c r="C115" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="D115" s="2">
-        <v>400</v>
+        <v>350</v>
       </c>
       <c r="E115" s="2" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="F115" s="2">
-        <v>0.9</v>
+        <v>1.65</v>
       </c>
       <c r="G115" s="2">
-        <v>0.6</v>
+        <v>1.1</v>
       </c>
       <c r="H115" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I115" s="2">
         <v>50</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>46</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" t="s">
         <v>142</v>
       </c>
       <c r="B116" t="s">
         <v>13</v>
       </c>
       <c r="C116" t="s">
         <v>52</v>
       </c>
       <c r="D116" s="2">
-        <v>1950</v>
+        <v>500</v>
       </c>
       <c r="E116" s="2" t="s">
-        <v>115</v>
+        <v>30</v>
       </c>
       <c r="F116" s="2">
-        <v>1.28</v>
+        <v>0.9</v>
       </c>
       <c r="G116" s="2">
-        <v>0.85</v>
+        <v>0.6</v>
       </c>
       <c r="H116" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I116" s="2">
         <v>50</v>
       </c>
       <c r="J116" s="2" t="s">
         <v>46</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B117" t="s">
         <v>13</v>
       </c>
       <c r="C117" t="s">
-        <v>52</v>
+        <v>126</v>
       </c>
       <c r="D117" s="2">
-        <v>350</v>
+        <v>100</v>
       </c>
       <c r="E117" s="2" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="F117" s="2">
-        <v>1.65</v>
+        <v>5.18</v>
       </c>
       <c r="G117" s="2">
-        <v>1.1</v>
+        <v>3.65</v>
       </c>
       <c r="H117" s="2" t="s">
-        <v>28</v>
+        <v>144</v>
       </c>
       <c r="I117" s="2">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="J117" s="2" t="s">
-        <v>46</v>
+        <v>71</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B118" t="s">
         <v>13</v>
       </c>
       <c r="C118" t="s">
-        <v>52</v>
+        <v>126</v>
       </c>
       <c r="D118" s="2">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="E118" s="2" t="s">
-        <v>30</v>
+        <v>145</v>
       </c>
       <c r="F118" s="2">
-        <v>0.9</v>
+        <v>6.98</v>
       </c>
       <c r="G118" s="2">
-        <v>0.6</v>
+        <v>4.95</v>
       </c>
       <c r="H118" s="2" t="s">
-        <v>28</v>
+        <v>144</v>
       </c>
       <c r="I118" s="2">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="J118" s="2" t="s">
-        <v>46</v>
+        <v>71</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B119" t="s">
         <v>13</v>
       </c>
-      <c r="C119" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C119"/>
       <c r="D119" s="2">
         <v>100</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>56</v>
+        <v>147</v>
       </c>
       <c r="F119" s="2">
         <v>5.18</v>
       </c>
       <c r="G119" s="2">
         <v>3.65</v>
       </c>
       <c r="H119" s="2" t="s">
         <v>144</v>
       </c>
       <c r="I119" s="2">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>71</v>
       </c>
       <c r="K119" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="B120" t="s">
         <v>13</v>
       </c>
       <c r="C120" t="s">
-        <v>127</v>
+        <v>52</v>
       </c>
       <c r="D120" s="2">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="E120" s="2" t="s">
-        <v>145</v>
+        <v>40</v>
       </c>
       <c r="F120" s="2">
-        <v>6.98</v>
+        <v>1.65</v>
       </c>
       <c r="G120" s="2">
-        <v>4.95</v>
+        <v>1.1</v>
       </c>
       <c r="H120" s="2" t="s">
-        <v>144</v>
+        <v>28</v>
       </c>
       <c r="I120" s="2">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="J120" s="2" t="s">
-        <v>71</v>
+        <v>46</v>
       </c>
       <c r="K120" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B121" t="s">
         <v>13</v>
       </c>
-      <c r="C121"/>
+      <c r="C121" t="s">
+        <v>52</v>
+      </c>
       <c r="D121" s="2">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="E121" s="2" t="s">
-        <v>147</v>
+        <v>30</v>
       </c>
       <c r="F121" s="2">
-        <v>5.18</v>
+        <v>0.9</v>
       </c>
       <c r="G121" s="2">
-        <v>3.65</v>
+        <v>0.6</v>
       </c>
       <c r="H121" s="2" t="s">
-        <v>144</v>
+        <v>28</v>
       </c>
       <c r="I121" s="2">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="J121" s="2" t="s">
-        <v>71</v>
+        <v>46</v>
       </c>
       <c r="K121" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" t="s">
         <v>148</v>
       </c>
       <c r="B122" t="s">
         <v>13</v>
       </c>
       <c r="C122" t="s">
         <v>52</v>
       </c>
       <c r="D122" s="2">
         <v>400</v>
       </c>
       <c r="E122" s="2" t="s">
-        <v>40</v>
+        <v>141</v>
       </c>
       <c r="F122" s="2">
-        <v>1.65</v>
+        <v>2.18</v>
       </c>
       <c r="G122" s="2">
-        <v>1.1</v>
+        <v>1.45</v>
       </c>
       <c r="H122" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I122" s="2">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J122" s="2" t="s">
-        <v>46</v>
+        <v>71</v>
       </c>
       <c r="K122" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" t="s">
         <v>148</v>
       </c>
       <c r="B123" t="s">
         <v>13</v>
       </c>
       <c r="C123" t="s">
         <v>52</v>
       </c>
       <c r="D123" s="2">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="F123" s="2">
-        <v>0.9</v>
+        <v>2.93</v>
       </c>
       <c r="G123" s="2">
-        <v>0.6</v>
+        <v>1.95</v>
       </c>
       <c r="H123" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I123" s="2">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J123" s="2" t="s">
-        <v>46</v>
+        <v>71</v>
       </c>
       <c r="K123" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" t="s">
         <v>148</v>
       </c>
       <c r="B124" t="s">
         <v>13</v>
       </c>
       <c r="C124" t="s">
         <v>52</v>
       </c>
       <c r="D124" s="2">
-        <v>400</v>
+        <v>140</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>115</v>
+        <v>56</v>
       </c>
       <c r="F124" s="2">
-        <v>2.18</v>
+        <v>3.68</v>
       </c>
       <c r="G124" s="2">
-        <v>1.45</v>
+        <v>2.45</v>
       </c>
       <c r="H124" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I124" s="2">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="J124" s="2" t="s">
         <v>71</v>
       </c>
       <c r="K124" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B125" t="s">
         <v>13</v>
       </c>
-      <c r="C125" t="s">
-[...12 lines deleted...]
-        <v>1.95</v>
+      <c r="C125"/>
+      <c r="D125" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E125" s="2"/>
+      <c r="F125" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G125" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H125" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I125" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J125" s="2"/>
       <c r="K125" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B126" t="s">
         <v>13</v>
       </c>
       <c r="C126" t="s">
-        <v>52</v>
-[...11 lines deleted...]
-        <v>2.45</v>
+        <v>77</v>
+      </c>
+      <c r="D126" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E126" s="2"/>
+      <c r="F126" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G126" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H126" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I126" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J126" s="2"/>
       <c r="K126" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B127" t="s">
         <v>13</v>
       </c>
       <c r="C127"/>
       <c r="D127" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E127" s="2"/>
       <c r="F127" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G127" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H127" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I127" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J127" s="2"/>
       <c r="K127" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B128" t="s">
         <v>13</v>
       </c>
-      <c r="C128" t="s">
-[...12 lines deleted...]
-        <v>1.45</v>
+      <c r="C128"/>
+      <c r="D128" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E128" s="2"/>
+      <c r="F128" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G128" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H128" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I128" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J128" s="2"/>
       <c r="K128" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B129" t="s">
         <v>13</v>
       </c>
-      <c r="C129"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C129" t="s">
+        <v>154</v>
+      </c>
+      <c r="D129" s="2">
+        <v>1700</v>
+      </c>
+      <c r="E129" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F129" s="2">
+        <v>0.83</v>
+      </c>
+      <c r="G129" s="2">
+        <v>0.55</v>
       </c>
       <c r="H129" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J129" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I129" s="2">
+        <v>100</v>
+      </c>
+      <c r="J129" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K129" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B130" t="s">
         <v>13</v>
       </c>
       <c r="C130"/>
       <c r="D130" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E130" s="2"/>
       <c r="F130" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G130" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H130" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I130" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J130" s="2"/>
       <c r="K130" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="B131" t="s">
         <v>13</v>
       </c>
       <c r="C131" t="s">
-        <v>154</v>
+        <v>14</v>
       </c>
       <c r="D131" s="2">
-        <v>1700</v>
+        <v>4300</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F131" s="2">
-        <v>0.83</v>
+        <v>0.9</v>
       </c>
       <c r="G131" s="2">
-        <v>0.55</v>
+        <v>0.6</v>
       </c>
       <c r="H131" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I131" s="2">
         <v>100</v>
       </c>
       <c r="J131" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K131" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B132" t="s">
         <v>13</v>
       </c>
-      <c r="C132"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C132" t="s">
+        <v>14</v>
+      </c>
+      <c r="D132" s="2">
+        <v>300</v>
+      </c>
+      <c r="E132" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F132" s="2">
+        <v>0.9</v>
+      </c>
+      <c r="G132" s="2">
+        <v>0.6</v>
       </c>
       <c r="H132" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J132" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I132" s="2">
+        <v>100</v>
+      </c>
+      <c r="J132" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K132" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B133" t="s">
         <v>13</v>
       </c>
       <c r="C133" t="s">
         <v>14</v>
       </c>
       <c r="D133" s="2">
-        <v>4400</v>
+        <v>100</v>
       </c>
       <c r="E133" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F133" s="2">
-        <v>0.9</v>
+        <v>2.63</v>
       </c>
       <c r="G133" s="2">
-        <v>0.6</v>
+        <v>1.75</v>
       </c>
       <c r="H133" s="2" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="I133" s="2">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="J133" s="2" t="s">
-        <v>29</v>
+        <v>71</v>
       </c>
       <c r="K133" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B134" t="s">
         <v>13</v>
       </c>
-      <c r="C134" t="s">
-[...12 lines deleted...]
-        <v>1.45</v>
+      <c r="C134"/>
+      <c r="D134" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E134" s="2"/>
+      <c r="F134" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G134" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H134" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I134" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J134" s="2"/>
       <c r="K134" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B135" t="s">
         <v>13</v>
       </c>
       <c r="C135" t="s">
         <v>14</v>
       </c>
       <c r="D135" s="2">
         <v>400</v>
       </c>
       <c r="E135" s="2" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="F135" s="2">
-        <v>0.9</v>
+        <v>2.4</v>
       </c>
       <c r="G135" s="2">
-        <v>0.6</v>
+        <v>1.6</v>
       </c>
       <c r="H135" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I135" s="2">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="J135" s="2" t="s">
-        <v>29</v>
+        <v>71</v>
       </c>
       <c r="K135" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="B136" t="s">
         <v>13</v>
       </c>
-      <c r="C136" t="s">
-[...12 lines deleted...]
-        <v>1.75</v>
+      <c r="C136"/>
+      <c r="D136" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E136" s="2"/>
+      <c r="F136" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G136" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H136" s="2" t="s">
-        <v>44</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I136" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J136" s="2"/>
       <c r="K136" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B137" t="s">
         <v>13</v>
       </c>
-      <c r="C137"/>
-[...16 lines deleted...]
-      <c r="J137" s="2"/>
+      <c r="C137" t="s">
+        <v>77</v>
+      </c>
+      <c r="D137" s="2">
+        <v>700</v>
+      </c>
+      <c r="E137" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="F137" s="2">
+        <v>2.18</v>
+      </c>
+      <c r="G137" s="2">
+        <v>1.45</v>
+      </c>
+      <c r="H137" s="2">
+        <v>1</v>
+      </c>
+      <c r="I137" s="2">
+        <v>50</v>
+      </c>
+      <c r="J137" s="2" t="s">
+        <v>164</v>
+      </c>
       <c r="K137" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="B138" t="s">
         <v>13</v>
       </c>
-      <c r="C138" t="s">
-[...12 lines deleted...]
-        <v>1.6</v>
+      <c r="C138"/>
+      <c r="D138" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E138" s="2"/>
+      <c r="F138" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G138" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H138" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I138" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J138" s="2"/>
       <c r="K138" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="B139" t="s">
         <v>13</v>
       </c>
       <c r="C139"/>
       <c r="D139" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E139" s="2"/>
       <c r="F139" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G139" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H139" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I139" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J139" s="2"/>
       <c r="K139" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="B140" t="s">
         <v>13</v>
       </c>
       <c r="C140" t="s">
-        <v>77</v>
-[...21 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="D140" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E140" s="2"/>
+      <c r="F140" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G140" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H140" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I140" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J140" s="2"/>
       <c r="K140" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="B141" t="s">
         <v>13</v>
       </c>
-      <c r="C141"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C141" t="s">
+        <v>52</v>
+      </c>
+      <c r="D141" s="2">
+        <v>150</v>
+      </c>
+      <c r="E141" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F141" s="2">
+        <v>1.05</v>
+      </c>
+      <c r="G141" s="2">
+        <v>0.7</v>
       </c>
       <c r="H141" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J141" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I141" s="2">
+        <v>100</v>
+      </c>
+      <c r="J141" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K141" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="B142" t="s">
         <v>13</v>
       </c>
       <c r="C142"/>
       <c r="D142" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E142" s="2"/>
       <c r="F142" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G142" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H142" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I142" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J142" s="2"/>
       <c r="K142" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="143" spans="1:11">
       <c r="A143" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="B143" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>173</v>
+      </c>
+      <c r="C143"/>
       <c r="D143" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E143" s="2"/>
       <c r="F143" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G143" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H143" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I143" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J143" s="2"/>
       <c r="K143" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="B144" t="s">
-        <v>13</v>
-[...14 lines deleted...]
-        <v>0.7</v>
+        <v>173</v>
+      </c>
+      <c r="C144"/>
+      <c r="D144" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E144" s="2"/>
+      <c r="F144" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G144" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H144" s="2" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>17</v>
+      </c>
+      <c r="I144" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="J144" s="2" t="s">
-        <v>29</v>
+        <v>174</v>
       </c>
       <c r="K144" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="B145" t="s">
-        <v>13</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>173</v>
+      </c>
+      <c r="C145" t="s">
+        <v>14</v>
+      </c>
+      <c r="D145" s="2">
+        <v>1750</v>
+      </c>
+      <c r="E145" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="F145" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="G145" s="2">
+        <v>0.5</v>
       </c>
       <c r="H145" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I145" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J145" s="2"/>
+      <c r="I145" s="2">
+        <v>100</v>
+      </c>
+      <c r="J145" s="2" t="s">
+        <v>177</v>
+      </c>
       <c r="K145" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="146" spans="1:11">
       <c r="A146" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="B146" t="s">
         <v>173</v>
       </c>
-      <c r="C146"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C146" t="s">
+        <v>179</v>
+      </c>
+      <c r="D146" s="2">
+        <v>21</v>
+      </c>
+      <c r="E146" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="F146" s="2">
+        <v>1.2</v>
+      </c>
+      <c r="G146" s="2">
+        <v>1.0</v>
       </c>
       <c r="H146" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I146" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J146" s="2"/>
+      <c r="I146" s="2">
+        <v>25</v>
+      </c>
+      <c r="J146" s="2" t="s">
+        <v>177</v>
+      </c>
       <c r="K146" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="B147" t="s">
         <v>173</v>
       </c>
-      <c r="C147"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C147" t="s">
+        <v>179</v>
+      </c>
+      <c r="D147" s="2">
+        <v>955</v>
+      </c>
+      <c r="E147" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="F147" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="G147" s="2">
+        <v>0.5</v>
       </c>
       <c r="H147" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I147" s="2" t="s">
-        <v>17</v>
+      <c r="I147" s="2">
+        <v>100</v>
       </c>
       <c r="J147" s="2" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="K147" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="B148" t="s">
         <v>173</v>
       </c>
-      <c r="C148" t="s">
-[...12 lines deleted...]
-        <v>0.5</v>
+      <c r="C148"/>
+      <c r="D148" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E148" s="2"/>
+      <c r="F148" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G148" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H148" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I148" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I148" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J148" s="2"/>
       <c r="K148" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B149" t="s">
         <v>173</v>
       </c>
       <c r="C149" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="D149" s="2">
-        <v>46</v>
+        <v>150</v>
       </c>
       <c r="E149" s="2" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="F149" s="2">
-        <v>1.2</v>
+        <v>0.72</v>
       </c>
       <c r="G149" s="2">
-        <v>1.0</v>
+        <v>0.6</v>
       </c>
       <c r="H149" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I149" s="2">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="J149" s="2" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="K149" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="B150" t="s">
         <v>173</v>
       </c>
-      <c r="C150" t="s">
-[...12 lines deleted...]
-        <v>0.5</v>
+      <c r="C150"/>
+      <c r="D150" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E150" s="2"/>
+      <c r="F150" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G150" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H150" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I150" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I150" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J150" s="2"/>
       <c r="K150" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="B151" t="s">
         <v>173</v>
       </c>
       <c r="C151"/>
       <c r="D151" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E151" s="2"/>
       <c r="F151" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G151" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H151" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I151" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J151" s="2"/>
       <c r="K151" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="B152" t="s">
         <v>173</v>
       </c>
       <c r="C152" t="s">
-        <v>183</v>
+        <v>14</v>
       </c>
       <c r="D152" s="2">
-        <v>650</v>
+        <v>800</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>176</v>
       </c>
       <c r="F152" s="2">
-        <v>0.72</v>
+        <v>0.98</v>
       </c>
       <c r="G152" s="2">
-        <v>0.6</v>
+        <v>0.65</v>
       </c>
       <c r="H152" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I152" s="2">
         <v>100</v>
       </c>
       <c r="J152" s="2" t="s">
-        <v>184</v>
+        <v>174</v>
       </c>
       <c r="K152" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B153" t="s">
         <v>173</v>
       </c>
       <c r="C153"/>
       <c r="D153" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E153" s="2"/>
       <c r="F153" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G153" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H153" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I153" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J153" s="2"/>
       <c r="K153" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="B154" t="s">
         <v>173</v>
       </c>
-      <c r="C154"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C154" t="s">
+        <v>14</v>
+      </c>
+      <c r="D154" s="2">
+        <v>350</v>
+      </c>
+      <c r="E154" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="F154" s="2">
+        <v>1.88</v>
+      </c>
+      <c r="G154" s="2">
+        <v>1.25</v>
       </c>
       <c r="H154" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I154" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J154" s="2"/>
+      <c r="I154" s="2">
+        <v>25</v>
+      </c>
+      <c r="J154" s="2" t="s">
+        <v>174</v>
+      </c>
       <c r="K154" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B155" t="s">
         <v>173</v>
       </c>
       <c r="C155" t="s">
         <v>14</v>
       </c>
       <c r="D155" s="2">
-        <v>800</v>
+        <v>700</v>
       </c>
       <c r="E155" s="2" t="s">
-        <v>176</v>
+        <v>190</v>
       </c>
       <c r="F155" s="2">
-        <v>0.98</v>
+        <v>1.28</v>
       </c>
       <c r="G155" s="2">
-        <v>0.65</v>
+        <v>0.85</v>
       </c>
       <c r="H155" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I155" s="2">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J155" s="2" t="s">
         <v>174</v>
       </c>
       <c r="K155" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B156" t="s">
         <v>173</v>
       </c>
-      <c r="C156"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C156" t="s">
+        <v>14</v>
+      </c>
+      <c r="D156" s="2">
+        <v>1900</v>
+      </c>
+      <c r="E156" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="F156" s="2">
+        <v>0.9</v>
+      </c>
+      <c r="G156" s="2">
+        <v>0.6</v>
       </c>
       <c r="H156" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I156" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J156" s="2"/>
+      <c r="I156" s="2">
+        <v>100</v>
+      </c>
+      <c r="J156" s="2" t="s">
+        <v>174</v>
+      </c>
       <c r="K156" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B157" t="s">
         <v>173</v>
       </c>
-      <c r="C157" t="s">
-[...12 lines deleted...]
-        <v>1.25</v>
+      <c r="C157"/>
+      <c r="D157" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E157" s="2"/>
+      <c r="F157" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G157" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H157" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I157" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I157" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J157" s="2"/>
       <c r="K157" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B158" t="s">
         <v>173</v>
       </c>
-      <c r="C158" t="s">
-[...12 lines deleted...]
-        <v>0.85</v>
+      <c r="C158"/>
+      <c r="D158" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E158" s="2"/>
+      <c r="F158" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G158" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H158" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I158" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I158" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J158" s="2"/>
       <c r="K158" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="B159" t="s">
         <v>173</v>
       </c>
-      <c r="C159" t="s">
-[...12 lines deleted...]
-        <v>0.6</v>
+      <c r="C159"/>
+      <c r="D159" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E159" s="2"/>
+      <c r="F159" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G159" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H159" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I159" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I159" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J159" s="2"/>
       <c r="K159" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="160" spans="1:11">
       <c r="A160" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B160" t="s">
         <v>173</v>
       </c>
       <c r="C160"/>
       <c r="D160" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E160" s="2"/>
       <c r="F160" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G160" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H160" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I160" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J160" s="2"/>
       <c r="K160" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="161" spans="1:11">
       <c r="A161" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="B161" t="s">
         <v>173</v>
       </c>
-      <c r="C161" t="s">
-[...12 lines deleted...]
-        <v>0.9</v>
+      <c r="C161"/>
+      <c r="D161" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E161" s="2"/>
+      <c r="F161" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G161" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H161" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I161" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I161" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J161" s="2"/>
       <c r="K161" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B162" t="s">
         <v>173</v>
       </c>
       <c r="C162"/>
       <c r="D162" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E162" s="2"/>
       <c r="F162" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G162" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H162" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I162" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J162" s="2"/>
       <c r="K162" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="163" spans="1:11">
       <c r="A163" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="B163" t="s">
         <v>173</v>
       </c>
       <c r="C163"/>
       <c r="D163" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E163" s="2"/>
       <c r="F163" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G163" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H163" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I163" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J163" s="2"/>
       <c r="K163" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="164" spans="1:11">
       <c r="A164" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B164" t="s">
         <v>173</v>
       </c>
       <c r="C164"/>
       <c r="D164" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E164" s="2"/>
       <c r="F164" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G164" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H164" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I164" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J164" s="2"/>
       <c r="K164" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B165" t="s">
         <v>173</v>
       </c>
       <c r="C165"/>
       <c r="D165" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E165" s="2"/>
       <c r="F165" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G165" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H165" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I165" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J165" s="2"/>
       <c r="K165" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B166" t="s">
         <v>173</v>
       </c>
       <c r="C166"/>
       <c r="D166" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E166" s="2"/>
       <c r="F166" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G166" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H166" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I166" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J166" s="2"/>
       <c r="K166" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="167" spans="1:11">
       <c r="A167" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="B167" t="s">
         <v>173</v>
       </c>
       <c r="C167"/>
       <c r="D167" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E167" s="2"/>
       <c r="F167" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G167" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H167" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I167" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J167" s="2"/>
       <c r="K167" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="168" spans="1:11">
       <c r="A168" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B168" t="s">
         <v>173</v>
       </c>
       <c r="C168"/>
       <c r="D168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E168" s="2"/>
       <c r="F168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J168" s="2"/>
       <c r="K168" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="169" spans="1:11">
       <c r="A169" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="B169" t="s">
         <v>173</v>
       </c>
       <c r="C169"/>
       <c r="D169" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E169" s="2"/>
       <c r="F169" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G169" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H169" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I169" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J169" s="2"/>
       <c r="K169" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="170" spans="1:11">
       <c r="A170" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="B170" t="s">
         <v>173</v>
       </c>
       <c r="C170"/>
       <c r="D170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E170" s="2"/>
       <c r="F170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J170" s="2"/>
       <c r="K170" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B171" t="s">
         <v>173</v>
       </c>
       <c r="C171"/>
       <c r="D171" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E171" s="2"/>
       <c r="F171" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G171" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H171" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I171" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J171" s="2"/>
       <c r="K171" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="A172" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B172" t="s">
         <v>173</v>
       </c>
       <c r="C172"/>
       <c r="D172" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E172" s="2"/>
       <c r="F172" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G172" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H172" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I172" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J172" s="2"/>
       <c r="K172" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="B173" t="s">
         <v>173</v>
       </c>
-      <c r="C173"/>
+      <c r="C173" t="s">
+        <v>75</v>
+      </c>
       <c r="D173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E173" s="2"/>
       <c r="F173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J173" s="2"/>
       <c r="K173" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="174" spans="1:11">
       <c r="A174" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="B174" t="s">
         <v>173</v>
       </c>
-      <c r="C174"/>
+      <c r="C174" t="s">
+        <v>14</v>
+      </c>
       <c r="D174" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E174" s="2"/>
       <c r="F174" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G174" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H174" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I174" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J174" s="2"/>
       <c r="K174" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="175" spans="1:11">
       <c r="A175" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="B175" t="s">
         <v>173</v>
       </c>
-      <c r="C175"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C175" t="s">
+        <v>14</v>
+      </c>
+      <c r="D175" s="2">
+        <v>300</v>
+      </c>
+      <c r="E175" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="F175" s="2">
+        <v>0.78</v>
+      </c>
+      <c r="G175" s="2">
+        <v>0.65</v>
       </c>
       <c r="H175" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I175" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J175" s="2"/>
+      <c r="I175" s="2">
+        <v>100</v>
+      </c>
+      <c r="J175" s="2" t="s">
+        <v>177</v>
+      </c>
       <c r="K175" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="176" spans="1:11">
       <c r="A176" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B176" t="s">
         <v>173</v>
       </c>
       <c r="C176" t="s">
-        <v>75</v>
+        <v>52</v>
       </c>
       <c r="D176" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E176" s="2"/>
       <c r="F176" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G176" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H176" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I176" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J176" s="2"/>
       <c r="K176" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B177" t="s">
         <v>173</v>
       </c>
-      <c r="C177" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C177"/>
       <c r="D177" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E177" s="2"/>
       <c r="F177" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G177" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H177" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I177" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J177" s="2"/>
       <c r="K177" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="B178" t="s">
         <v>173</v>
       </c>
-      <c r="C178" t="s">
-[...12 lines deleted...]
-        <v>0.55</v>
+      <c r="C178"/>
+      <c r="D178" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E178" s="2"/>
+      <c r="F178" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G178" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H178" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I178" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I178" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J178" s="2"/>
       <c r="K178" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B179" t="s">
         <v>173</v>
       </c>
-      <c r="C179" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C179"/>
       <c r="D179" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E179" s="2"/>
       <c r="F179" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G179" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H179" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I179" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J179" s="2"/>
       <c r="K179" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B180" t="s">
         <v>173</v>
       </c>
       <c r="C180"/>
       <c r="D180" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E180" s="2"/>
       <c r="F180" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G180" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H180" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I180" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J180" s="2"/>
       <c r="K180" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="B181" t="s">
         <v>173</v>
       </c>
       <c r="C181"/>
       <c r="D181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E181" s="2"/>
       <c r="F181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J181" s="2"/>
       <c r="K181" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B182" t="s">
         <v>173</v>
       </c>
-      <c r="C182"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C182" t="s">
+        <v>217</v>
+      </c>
+      <c r="D182" s="2">
+        <v>10400</v>
+      </c>
+      <c r="E182" s="2" t="s">
+        <v>218</v>
+      </c>
+      <c r="F182" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="G182" s="2">
+        <v>0.4</v>
       </c>
       <c r="H182" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I182" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J182" s="2"/>
+      <c r="I182" s="2">
+        <v>100</v>
+      </c>
+      <c r="J182" s="2" t="s">
+        <v>219</v>
+      </c>
       <c r="K182" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="183" spans="1:11">
       <c r="A183" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="B183" t="s">
         <v>173</v>
       </c>
       <c r="C183"/>
       <c r="D183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E183" s="2"/>
       <c r="F183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J183" s="2"/>
       <c r="K183" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="184" spans="1:11">
       <c r="A184" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="B184" t="s">
         <v>173</v>
       </c>
       <c r="C184"/>
       <c r="D184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E184" s="2"/>
       <c r="F184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J184" s="2"/>
       <c r="K184" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="185" spans="1:11">
       <c r="A185" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B185" t="s">
         <v>173</v>
       </c>
-      <c r="C185" t="s">
-[...12 lines deleted...]
-        <v>0.4</v>
+      <c r="C185"/>
+      <c r="D185" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E185" s="2"/>
+      <c r="F185" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G185" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H185" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I185" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I185" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J185" s="2"/>
       <c r="K185" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="186" spans="1:11">
       <c r="A186" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="B186" t="s">
         <v>173</v>
       </c>
-      <c r="C186"/>
+      <c r="C186" t="s">
+        <v>224</v>
+      </c>
       <c r="D186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E186" s="2"/>
       <c r="F186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J186" s="2"/>
       <c r="K186" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="187" spans="1:11">
       <c r="A187" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="B187" t="s">
         <v>173</v>
       </c>
       <c r="C187"/>
       <c r="D187" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E187" s="2"/>
       <c r="F187" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G187" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H187" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I187" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J187" s="2"/>
       <c r="K187" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="188" spans="1:11">
       <c r="A188" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B188" t="s">
         <v>173</v>
       </c>
-      <c r="C188"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C188" t="s">
+        <v>14</v>
+      </c>
+      <c r="D188" s="2">
+        <v>100</v>
+      </c>
+      <c r="E188" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="F188" s="2">
+        <v>1.88</v>
+      </c>
+      <c r="G188" s="2">
+        <v>1.25</v>
       </c>
       <c r="H188" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I188" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J188" s="2"/>
+      <c r="I188" s="2">
+        <v>25</v>
+      </c>
+      <c r="J188" s="2" t="s">
+        <v>174</v>
+      </c>
       <c r="K188" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B189" t="s">
         <v>173</v>
       </c>
-      <c r="C189" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C189"/>
       <c r="D189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E189" s="2"/>
       <c r="F189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J189" s="2"/>
       <c r="K189" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="190" spans="1:11">
       <c r="A190" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="B190" t="s">
         <v>173</v>
       </c>
       <c r="C190"/>
       <c r="D190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E190" s="2"/>
       <c r="F190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J190" s="2"/>
       <c r="K190" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="191" spans="1:11">
       <c r="A191" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="B191" t="s">
         <v>173</v>
       </c>
       <c r="C191" t="s">
-        <v>14</v>
+        <v>217</v>
       </c>
       <c r="D191" s="2">
+        <v>300</v>
+      </c>
+      <c r="E191" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="F191" s="2">
+        <v>1.13</v>
+      </c>
+      <c r="G191" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="H191" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I191" s="2">
         <v>100</v>
       </c>
-      <c r="E191" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J191" s="2" t="s">
-        <v>174</v>
+        <v>29</v>
       </c>
       <c r="K191" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="192" spans="1:11">
       <c r="A192" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="B192" t="s">
         <v>173</v>
       </c>
       <c r="C192"/>
       <c r="D192" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E192" s="2"/>
       <c r="F192" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G192" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H192" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I192" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J192" s="2"/>
       <c r="K192" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="193" spans="1:11">
       <c r="A193" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="B193" t="s">
         <v>173</v>
       </c>
-      <c r="C193"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C193" t="s">
+        <v>232</v>
+      </c>
+      <c r="D193" s="2">
+        <v>175</v>
+      </c>
+      <c r="E193" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="F193" s="2">
+        <v>2.63</v>
+      </c>
+      <c r="G193" s="2">
+        <v>1.75</v>
       </c>
       <c r="H193" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I193" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J193" s="2"/>
+      <c r="I193" s="2">
+        <v>25</v>
+      </c>
+      <c r="J193" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K193" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="B194" t="s">
         <v>173</v>
       </c>
-      <c r="C194" t="s">
-[...12 lines deleted...]
-        <v>0.75</v>
+      <c r="C194"/>
+      <c r="D194" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E194" s="2"/>
+      <c r="F194" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G194" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H194" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I194" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I194" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J194" s="2"/>
       <c r="K194" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="195" spans="1:11">
       <c r="A195" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B195" t="s">
         <v>173</v>
       </c>
-      <c r="C195"/>
+      <c r="C195" t="s">
+        <v>14</v>
+      </c>
       <c r="D195" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E195" s="2"/>
       <c r="F195" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G195" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H195" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I195" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="J195" s="2"/>
+      <c r="J195" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K195" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="196" spans="1:11">
       <c r="A196" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B196" t="s">
         <v>173</v>
       </c>
       <c r="C196" t="s">
-        <v>232</v>
+        <v>14</v>
       </c>
       <c r="D196" s="2">
-        <v>175</v>
+        <v>200</v>
       </c>
       <c r="E196" s="2" t="s">
         <v>180</v>
       </c>
       <c r="F196" s="2">
-        <v>2.63</v>
+        <v>1.88</v>
       </c>
       <c r="G196" s="2">
-        <v>1.75</v>
+        <v>1.25</v>
       </c>
       <c r="H196" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I196" s="2">
         <v>25</v>
       </c>
       <c r="J196" s="2" t="s">
-        <v>29</v>
+        <v>174</v>
       </c>
       <c r="K196" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="197" spans="1:11">
       <c r="A197" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B197" t="s">
         <v>173</v>
       </c>
-      <c r="C197"/>
+      <c r="C197" t="s">
+        <v>14</v>
+      </c>
       <c r="D197" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E197" s="2"/>
       <c r="F197" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G197" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H197" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I197" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J197" s="2"/>
       <c r="K197" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="198" spans="1:11">
       <c r="A198" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="B198" t="s">
         <v>173</v>
       </c>
-      <c r="C198" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C198"/>
       <c r="D198" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E198" s="2"/>
       <c r="F198" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G198" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H198" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I198" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="J198" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J198" s="2"/>
       <c r="K198" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B199" t="s">
         <v>173</v>
       </c>
-      <c r="C199" t="s">
-[...12 lines deleted...]
-        <v>1.25</v>
+      <c r="C199"/>
+      <c r="D199" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E199" s="2"/>
+      <c r="F199" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G199" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H199" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I199" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I199" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J199" s="2"/>
       <c r="K199" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="200" spans="1:11">
       <c r="A200" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B200" t="s">
         <v>173</v>
       </c>
-      <c r="C200" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C200"/>
       <c r="D200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E200" s="2"/>
       <c r="F200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J200" s="2"/>
       <c r="K200" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="201" spans="1:11">
       <c r="A201" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="B201" t="s">
         <v>173</v>
       </c>
       <c r="C201"/>
       <c r="D201" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E201" s="2"/>
       <c r="F201" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G201" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H201" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I201" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J201" s="2"/>
       <c r="K201" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="202" spans="1:11">
       <c r="A202" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="B202" t="s">
         <v>173</v>
       </c>
       <c r="C202"/>
       <c r="D202" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E202" s="2"/>
       <c r="F202" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G202" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H202" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I202" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J202" s="2"/>
       <c r="K202" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="203" spans="1:11">
       <c r="A203" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B203" t="s">
         <v>173</v>
       </c>
-      <c r="C203"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C203" t="s">
+        <v>179</v>
+      </c>
+      <c r="D203" s="2">
+        <v>100</v>
+      </c>
+      <c r="E203" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="F203" s="2">
+        <v>1.58</v>
+      </c>
+      <c r="G203" s="2">
+        <v>1.05</v>
       </c>
       <c r="H203" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I203" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J203" s="2"/>
+      <c r="I203" s="2">
+        <v>50</v>
+      </c>
+      <c r="J203" s="2" t="s">
+        <v>174</v>
+      </c>
       <c r="K203" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="204" spans="1:11">
       <c r="A204" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="B204" t="s">
         <v>173</v>
       </c>
       <c r="C204"/>
       <c r="D204" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E204" s="2"/>
       <c r="F204" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G204" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H204" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I204" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J204" s="2"/>
       <c r="K204" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="205" spans="1:11">
       <c r="A205" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="B205" t="s">
         <v>173</v>
       </c>
       <c r="C205"/>
       <c r="D205" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E205" s="2"/>
       <c r="F205" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G205" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H205" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I205" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J205" s="2"/>
       <c r="K205" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="206" spans="1:11">
       <c r="A206" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B206" t="s">
         <v>173</v>
       </c>
-      <c r="C206" t="s">
-[...12 lines deleted...]
-        <v>1.35</v>
+      <c r="C206"/>
+      <c r="D206" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E206" s="2"/>
+      <c r="F206" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G206" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H206" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I206" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I206" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J206" s="2"/>
       <c r="K206" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="207" spans="1:11">
       <c r="A207" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="B207" t="s">
         <v>173</v>
       </c>
-      <c r="C207" t="s">
-[...12 lines deleted...]
-        <v>1.05</v>
+      <c r="C207"/>
+      <c r="D207" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E207" s="2"/>
+      <c r="F207" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G207" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H207" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I207" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I207" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J207" s="2"/>
       <c r="K207" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="208" spans="1:11">
       <c r="A208" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="B208" t="s">
         <v>173</v>
       </c>
       <c r="C208"/>
       <c r="D208" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E208" s="2"/>
       <c r="F208" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G208" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H208" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I208" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J208" s="2"/>
       <c r="K208" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="B209" t="s">
         <v>173</v>
       </c>
       <c r="C209"/>
       <c r="D209" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E209" s="2"/>
       <c r="F209" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G209" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H209" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I209" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J209" s="2"/>
       <c r="K209" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="210" spans="1:11">
       <c r="A210" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="B210" t="s">
         <v>173</v>
       </c>
       <c r="C210"/>
       <c r="D210" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E210" s="2"/>
       <c r="F210" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G210" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H210" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I210" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J210" s="2"/>
       <c r="K210" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="B211" t="s">
         <v>173</v>
       </c>
-      <c r="C211"/>
+      <c r="C211" t="s">
+        <v>251</v>
+      </c>
       <c r="D211" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E211" s="2"/>
       <c r="F211" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G211" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H211" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I211" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J211" s="2"/>
       <c r="K211" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="B212" t="s">
         <v>173</v>
       </c>
       <c r="C212"/>
       <c r="D212" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E212" s="2"/>
       <c r="F212" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G212" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H212" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I212" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J212" s="2"/>
       <c r="K212" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="213" spans="1:11">
       <c r="A213" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="B213" t="s">
         <v>173</v>
       </c>
-      <c r="C213"/>
+      <c r="C213" t="s">
+        <v>52</v>
+      </c>
       <c r="D213" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E213" s="2"/>
       <c r="F213" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G213" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H213" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I213" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J213" s="2"/>
       <c r="K213" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="214" spans="1:11">
       <c r="A214" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="B214" t="s">
         <v>173</v>
       </c>
-      <c r="C214"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C214" t="s">
+        <v>14</v>
+      </c>
+      <c r="D214" s="2">
+        <v>50</v>
+      </c>
+      <c r="E214" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="F214" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="G214" s="2">
+        <v>0.5</v>
       </c>
       <c r="H214" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I214" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J214" s="2"/>
+      <c r="I214" s="2">
+        <v>100</v>
+      </c>
+      <c r="J214" s="2" t="s">
+        <v>219</v>
+      </c>
       <c r="K214" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="B215" t="s">
         <v>173</v>
       </c>
-      <c r="C215" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C215"/>
       <c r="D215" s="2">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="E215" s="2" t="s">
         <v>176</v>
       </c>
       <c r="F215" s="2">
-        <v>3.0</v>
+        <v>0.83</v>
       </c>
       <c r="G215" s="2">
-        <v>2.0</v>
+        <v>0.55</v>
       </c>
       <c r="H215" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I215" s="2">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J215" s="2" t="s">
-        <v>174</v>
+        <v>29</v>
       </c>
       <c r="K215" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="216" spans="1:11">
       <c r="A216" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="B216" t="s">
         <v>173</v>
       </c>
       <c r="C216"/>
       <c r="D216" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E216" s="2"/>
       <c r="F216" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G216" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H216" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I216" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J216" s="2"/>
       <c r="K216" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="217" spans="1:11">
       <c r="A217" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="B217" t="s">
         <v>173</v>
       </c>
       <c r="C217" t="s">
         <v>52</v>
       </c>
       <c r="D217" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E217" s="2"/>
       <c r="F217" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G217" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H217" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I217" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J217" s="2"/>
       <c r="K217" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="218" spans="1:11">
       <c r="A218" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="B218" t="s">
         <v>173</v>
       </c>
-      <c r="C218" t="s">
-[...12 lines deleted...]
-        <v>0.5</v>
+      <c r="C218"/>
+      <c r="D218" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E218" s="2"/>
+      <c r="F218" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G218" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H218" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I218" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I218" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J218" s="2"/>
       <c r="K218" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="219" spans="1:11">
       <c r="A219" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="B219" t="s">
         <v>173</v>
       </c>
-      <c r="C219"/>
-[...10 lines deleted...]
-        <v>0.55</v>
+      <c r="C219" t="s">
+        <v>126</v>
+      </c>
+      <c r="D219" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E219" s="2"/>
+      <c r="F219" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G219" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H219" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I219" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I219" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J219" s="2"/>
       <c r="K219" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="220" spans="1:11">
       <c r="A220" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="B220" t="s">
         <v>173</v>
       </c>
       <c r="C220"/>
       <c r="D220" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E220" s="2"/>
       <c r="F220" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G220" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H220" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I220" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J220" s="2"/>
       <c r="K220" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="221" spans="1:11">
       <c r="A221" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="B221" t="s">
         <v>173</v>
       </c>
       <c r="C221" t="s">
-        <v>52</v>
-[...9 lines deleted...]
-        <v>17</v>
+        <v>14</v>
+      </c>
+      <c r="D221" s="2">
+        <v>850</v>
+      </c>
+      <c r="E221" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="F221" s="2">
+        <v>1.05</v>
+      </c>
+      <c r="G221" s="2">
+        <v>0.75</v>
       </c>
       <c r="H221" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I221" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J221" s="2"/>
+      <c r="I221" s="2">
+        <v>50</v>
+      </c>
+      <c r="J221" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K221" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="222" spans="1:11">
       <c r="A222" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="B222" t="s">
         <v>173</v>
       </c>
-      <c r="C222"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C222" t="s">
+        <v>14</v>
+      </c>
+      <c r="D222" s="2">
+        <v>1700</v>
+      </c>
+      <c r="E222" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="F222" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="G222" s="2">
+        <v>0.5</v>
       </c>
       <c r="H222" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I222" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J222" s="2"/>
+      <c r="I222" s="2">
+        <v>100</v>
+      </c>
+      <c r="J222" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K222" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="223" spans="1:11">
       <c r="A223" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B223" t="s">
         <v>173</v>
       </c>
-      <c r="C223" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C223"/>
       <c r="D223" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E223" s="2"/>
       <c r="F223" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G223" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H223" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I223" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J223" s="2"/>
       <c r="K223" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="224" spans="1:11">
       <c r="A224" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="B224" t="s">
         <v>173</v>
       </c>
       <c r="C224"/>
       <c r="D224" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E224" s="2"/>
       <c r="F224" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G224" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H224" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I224" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J224" s="2"/>
       <c r="K224" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="225" spans="1:11">
       <c r="A225" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="B225" t="s">
         <v>173</v>
       </c>
-      <c r="C225" t="s">
-[...12 lines deleted...]
-        <v>0.75</v>
+      <c r="C225"/>
+      <c r="D225" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E225" s="2"/>
+      <c r="F225" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G225" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H225" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I225" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I225" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J225" s="2"/>
       <c r="K225" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="226" spans="1:11">
       <c r="A226" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="B226" t="s">
         <v>173</v>
       </c>
-      <c r="C226" t="s">
-[...12 lines deleted...]
-        <v>0.5</v>
+      <c r="C226"/>
+      <c r="D226" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E226" s="2"/>
+      <c r="F226" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G226" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H226" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I226" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I226" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J226" s="2"/>
       <c r="K226" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="227" spans="1:11">
       <c r="A227" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="B227" t="s">
         <v>173</v>
       </c>
-      <c r="C227"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C227" t="s">
+        <v>52</v>
+      </c>
+      <c r="D227" s="2">
+        <v>50</v>
+      </c>
+      <c r="E227" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="F227" s="2">
+        <v>1.08</v>
+      </c>
+      <c r="G227" s="2">
+        <v>0.9</v>
       </c>
       <c r="H227" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I227" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J227" s="2"/>
+      <c r="I227" s="2">
+        <v>50</v>
+      </c>
+      <c r="J227" s="2" t="s">
+        <v>174</v>
+      </c>
       <c r="K227" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="228" spans="1:11">
       <c r="A228" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="B228" t="s">
         <v>173</v>
       </c>
-      <c r="C228"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C228" t="s">
+        <v>52</v>
+      </c>
+      <c r="D228" s="2">
+        <v>150</v>
+      </c>
+      <c r="E228" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="F228" s="2">
+        <v>0.84</v>
+      </c>
+      <c r="G228" s="2">
+        <v>0.7</v>
       </c>
       <c r="H228" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I228" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J228" s="2"/>
+      <c r="I228" s="2">
+        <v>100</v>
+      </c>
+      <c r="J228" s="2" t="s">
+        <v>174</v>
+      </c>
       <c r="K228" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="229" spans="1:11">
       <c r="A229" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="B229" t="s">
         <v>173</v>
       </c>
-      <c r="C229"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C229" t="s">
+        <v>52</v>
+      </c>
+      <c r="D229" s="2">
+        <v>130</v>
+      </c>
+      <c r="E229" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="F229" s="2">
+        <v>2.4</v>
+      </c>
+      <c r="G229" s="2">
+        <v>2.0</v>
       </c>
       <c r="H229" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I229" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J229" s="2"/>
+      <c r="I229" s="2">
+        <v>25</v>
+      </c>
+      <c r="J229" s="2" t="s">
+        <v>268</v>
+      </c>
       <c r="K229" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="230" spans="1:11">
       <c r="A230" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="B230" t="s">
         <v>173</v>
       </c>
-      <c r="C230"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C230" t="s">
+        <v>52</v>
+      </c>
+      <c r="D230" s="2">
+        <v>500</v>
+      </c>
+      <c r="E230" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="F230" s="2">
+        <v>1.8</v>
+      </c>
+      <c r="G230" s="2">
+        <v>1.5</v>
       </c>
       <c r="H230" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I230" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J230" s="2"/>
+      <c r="I230" s="2">
+        <v>50</v>
+      </c>
+      <c r="J230" s="2" t="s">
+        <v>268</v>
+      </c>
       <c r="K230" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="231" spans="1:11">
       <c r="A231" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B231" t="s">
         <v>173</v>
       </c>
       <c r="C231" t="s">
         <v>52</v>
       </c>
       <c r="D231" s="2">
-        <v>50</v>
+        <v>900</v>
       </c>
       <c r="E231" s="2" t="s">
-        <v>190</v>
+        <v>269</v>
       </c>
       <c r="F231" s="2">
-        <v>1.08</v>
+        <v>0.9</v>
       </c>
       <c r="G231" s="2">
-        <v>0.9</v>
+        <v>0.75</v>
       </c>
       <c r="H231" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I231" s="2">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J231" s="2" t="s">
-        <v>174</v>
+        <v>268</v>
       </c>
       <c r="K231" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="232" spans="1:11">
       <c r="A232" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="B232" t="s">
         <v>173</v>
       </c>
-      <c r="C232" t="s">
-[...12 lines deleted...]
-        <v>0.7</v>
+      <c r="C232"/>
+      <c r="D232" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E232" s="2"/>
+      <c r="F232" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G232" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H232" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I232" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I232" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J232" s="2"/>
       <c r="K232" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="233" spans="1:11">
       <c r="A233" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="B233" t="s">
         <v>173</v>
       </c>
       <c r="C233" t="s">
-        <v>52</v>
-[...11 lines deleted...]
-        <v>2.0</v>
+        <v>75</v>
+      </c>
+      <c r="D233" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E233" s="2"/>
+      <c r="F233" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G233" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H233" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I233" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I233" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J233" s="2"/>
       <c r="K233" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="234" spans="1:11">
       <c r="A234" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="B234" t="s">
         <v>173</v>
       </c>
-      <c r="C234" t="s">
-[...12 lines deleted...]
-        <v>1.5</v>
+      <c r="C234"/>
+      <c r="D234" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E234" s="2"/>
+      <c r="F234" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G234" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H234" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I234" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I234" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J234" s="2"/>
       <c r="K234" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="235" spans="1:11">
       <c r="A235" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="B235" t="s">
         <v>173</v>
       </c>
-      <c r="C235" t="s">
-[...12 lines deleted...]
-        <v>0.75</v>
+      <c r="C235"/>
+      <c r="D235" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E235" s="2"/>
+      <c r="F235" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G235" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H235" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I235" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I235" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J235" s="2"/>
       <c r="K235" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="236" spans="1:11">
       <c r="A236" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="B236" t="s">
         <v>173</v>
       </c>
       <c r="C236"/>
       <c r="D236" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E236" s="2"/>
       <c r="F236" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G236" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H236" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I236" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J236" s="2"/>
       <c r="K236" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="237" spans="1:11">
       <c r="A237" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="B237" t="s">
         <v>173</v>
       </c>
-      <c r="C237" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C237"/>
       <c r="D237" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E237" s="2"/>
       <c r="F237" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G237" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H237" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I237" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J237" s="2"/>
       <c r="K237" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="238" spans="1:11">
       <c r="A238" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="B238" t="s">
         <v>173</v>
       </c>
       <c r="C238"/>
       <c r="D238" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E238" s="2"/>
       <c r="F238" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G238" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H238" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I238" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J238" s="2"/>
       <c r="K238" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="239" spans="1:11">
       <c r="A239" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="B239" t="s">
         <v>173</v>
       </c>
-      <c r="C239"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C239" t="s">
+        <v>179</v>
+      </c>
+      <c r="D239" s="2">
+        <v>650</v>
+      </c>
+      <c r="E239" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="F239" s="2">
+        <v>1.05</v>
+      </c>
+      <c r="G239" s="2">
+        <v>0.7</v>
       </c>
       <c r="H239" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I239" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J239" s="2"/>
+      <c r="I239" s="2">
+        <v>100</v>
+      </c>
+      <c r="J239" s="2" t="s">
+        <v>174</v>
+      </c>
       <c r="K239" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="240" spans="1:11">
       <c r="A240" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="B240" t="s">
         <v>173</v>
       </c>
       <c r="C240"/>
       <c r="D240" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E240" s="2"/>
       <c r="F240" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G240" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H240" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I240" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J240" s="2"/>
       <c r="K240" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="241" spans="1:11">
       <c r="A241" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="B241" t="s">
         <v>173</v>
       </c>
       <c r="C241"/>
       <c r="D241" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E241" s="2"/>
       <c r="F241" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G241" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H241" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I241" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J241" s="2"/>
       <c r="K241" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="242" spans="1:11">
       <c r="A242" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B242" t="s">
         <v>173</v>
       </c>
       <c r="C242"/>
       <c r="D242" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E242" s="2"/>
       <c r="F242" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G242" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H242" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I242" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J242" s="2"/>
       <c r="K242" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="243" spans="1:11">
       <c r="A243" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="B243" t="s">
         <v>173</v>
       </c>
       <c r="C243"/>
       <c r="D243" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E243" s="2"/>
       <c r="F243" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G243" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H243" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I243" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J243" s="2"/>
       <c r="K243" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="244" spans="1:11">
       <c r="A244" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="B244" t="s">
-        <v>173</v>
+        <v>283</v>
       </c>
       <c r="C244"/>
       <c r="D244" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E244" s="2"/>
       <c r="F244" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G244" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H244" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I244" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J244" s="2"/>
       <c r="K244" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="245" spans="1:11">
       <c r="A245" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="B245" t="s">
-        <v>173</v>
-[...5 lines deleted...]
-      <c r="E245" s="2"/>
+        <v>283</v>
+      </c>
+      <c r="C245" t="s">
+        <v>52</v>
+      </c>
+      <c r="D245" s="2">
+        <v>8500</v>
+      </c>
+      <c r="E245" s="2" t="s">
+        <v>285</v>
+      </c>
       <c r="F245" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="G245" s="2" t="s">
-        <v>17</v>
+      <c r="G245" s="2">
+        <v>0.38</v>
       </c>
       <c r="H245" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I245" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J245" s="2"/>
+      <c r="I245" s="2">
+        <v>100</v>
+      </c>
+      <c r="J245" s="2" t="s">
+        <v>219</v>
+      </c>
       <c r="K245" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="246" spans="1:11">
       <c r="A246" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="B246" t="s">
-        <v>173</v>
-[...5 lines deleted...]
-      <c r="E246" s="2"/>
+        <v>283</v>
+      </c>
+      <c r="C246" t="s">
+        <v>52</v>
+      </c>
+      <c r="D246" s="2">
+        <v>5400</v>
+      </c>
+      <c r="E246" s="2" t="s">
+        <v>285</v>
+      </c>
       <c r="F246" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="G246" s="2" t="s">
-        <v>17</v>
+      <c r="G246" s="2">
+        <v>0.38</v>
       </c>
       <c r="H246" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I246" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J246" s="2"/>
+      <c r="I246" s="2">
+        <v>100</v>
+      </c>
+      <c r="J246" s="2" t="s">
+        <v>219</v>
+      </c>
       <c r="K246" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="247" spans="1:11">
       <c r="A247" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="B247" t="s">
-        <v>173</v>
+        <v>283</v>
       </c>
       <c r="C247"/>
       <c r="D247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E247" s="2"/>
       <c r="F247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J247" s="2"/>
       <c r="K247" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="248" spans="1:11">
       <c r="A248" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="B248" t="s">
         <v>283</v>
       </c>
-      <c r="C248"/>
-[...3 lines deleted...]
-      <c r="E248" s="2"/>
+      <c r="C248" t="s">
+        <v>14</v>
+      </c>
+      <c r="D248" s="2">
+        <v>2800</v>
+      </c>
+      <c r="E248" s="2" t="s">
+        <v>285</v>
+      </c>
       <c r="F248" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="G248" s="2" t="s">
-        <v>17</v>
+      <c r="G248" s="2">
+        <v>0.38</v>
       </c>
       <c r="H248" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I248" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J248" s="2"/>
+      <c r="I248" s="2">
+        <v>100</v>
+      </c>
+      <c r="J248" s="2" t="s">
+        <v>219</v>
+      </c>
       <c r="K248" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="249" spans="1:11">
       <c r="A249" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B249" t="s">
         <v>283</v>
       </c>
-      <c r="C249" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="C249"/>
+      <c r="D249" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E249" s="2"/>
       <c r="F249" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="G249" s="2">
-        <v>0.38</v>
+      <c r="G249" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H249" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I249" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I249" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J249" s="2"/>
       <c r="K249" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="250" spans="1:11">
       <c r="A250" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="B250" t="s">
         <v>283</v>
       </c>
       <c r="C250" t="s">
         <v>52</v>
       </c>
       <c r="D250" s="2">
-        <v>5400</v>
+        <v>7400</v>
       </c>
       <c r="E250" s="2" t="s">
         <v>285</v>
       </c>
       <c r="F250" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G250" s="2">
         <v>0.38</v>
       </c>
       <c r="H250" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I250" s="2">
         <v>100</v>
       </c>
       <c r="J250" s="2" t="s">
         <v>219</v>
       </c>
       <c r="K250" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="251" spans="1:11">
       <c r="A251" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="B251" t="s">
         <v>283</v>
       </c>
       <c r="C251"/>
       <c r="D251" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E251" s="2"/>
       <c r="F251" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G251" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H251" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I251" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J251" s="2"/>
       <c r="K251" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="252" spans="1:11">
       <c r="A252" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="B252" t="s">
         <v>283</v>
       </c>
-      <c r="C252" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="C252"/>
+      <c r="D252" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E252" s="2"/>
       <c r="F252" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="G252" s="2">
-        <v>0.38</v>
+      <c r="G252" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H252" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I252" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I252" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J252" s="2"/>
       <c r="K252" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="253" spans="1:11">
       <c r="A253" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="B253" t="s">
         <v>283</v>
       </c>
       <c r="C253"/>
       <c r="D253" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E253" s="2"/>
       <c r="F253" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G253" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H253" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I253" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J253" s="2"/>
       <c r="K253" s="2" t="s">
-        <v>17</v>
-[...120 lines deleted...]
-      <c r="K257" s="2" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>