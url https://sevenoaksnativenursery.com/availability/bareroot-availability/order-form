--- v1 (2025-11-09)
+++ v2 (2025-11-29)
@@ -14,53 +14,53 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="294">
-[...1 lines deleted...]
-    <t>November 4th, 2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="290">
+  <si>
+    <t>November 20th, 2025</t>
   </si>
   <si>
     <t>Plant Name</t>
   </si>
   <si>
     <t>Plant Category</t>
   </si>
   <si>
     <t>Seed Source</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Plant Size</t>
   </si>
   <si>
     <t>Price&lt;100</t>
   </si>
   <si>
     <t>Price 100+</t>
   </si>
   <si>
     <t>Stems</t>
   </si>
@@ -250,83 +250,74 @@
   <si>
     <t>2+</t>
   </si>
   <si>
     <t>C-1 rooted winter cuttings</t>
   </si>
   <si>
     <t>Pinus contorta ssp. contorta</t>
   </si>
   <si>
     <t>Pinus jeffreyi</t>
   </si>
   <si>
     <t>Pinus ponderosa</t>
   </si>
   <si>
     <t>Lane County, OR</t>
   </si>
   <si>
     <t>2/0 seedlings</t>
   </si>
   <si>
     <t>Willamette Valley, OR</t>
   </si>
   <si>
-    <t>10"/18"</t>
-[...4 lines deleted...]
-  <si>
     <t>8"/12"</t>
   </si>
   <si>
     <t>SC plug</t>
   </si>
   <si>
     <t>Pinus sabiniana</t>
   </si>
   <si>
     <t>Popuilus tremuloides</t>
   </si>
   <si>
     <t>N. Idaho</t>
   </si>
   <si>
     <t>3'/4' W</t>
   </si>
   <si>
     <t>1/1 transplant</t>
   </si>
   <si>
     <t>Populus tremuloides</t>
   </si>
   <si>
-    <t>#2   12"/18", 1/8" C</t>
-[...1 lines deleted...]
-  <si>
     <t>#3   6"/12", 1//16" C</t>
   </si>
   <si>
     <t>3/8"   3'/4'</t>
   </si>
   <si>
     <t>3'/4' Br</t>
   </si>
   <si>
     <t>4'/5' Br</t>
   </si>
   <si>
     <t>4'/5' W</t>
   </si>
   <si>
     <t>5'/6' Br</t>
   </si>
   <si>
     <t>5'/6' W</t>
   </si>
   <si>
     <t>Populus trichocarpa (P. balsamifera ssp. trichocarpa)</t>
   </si>
   <si>
     <t>Potentilla fruticosa</t>
@@ -376,53 +367,50 @@
   <si>
     <t>Quercus wislizenii</t>
   </si>
   <si>
     <t>Rhamnus californica ssp. occidentalis</t>
   </si>
   <si>
     <t>Rhamnus purshiana</t>
   </si>
   <si>
     <t>Rhus glabra</t>
   </si>
   <si>
     <t>Rhus trilobata</t>
   </si>
   <si>
     <t>Morgan County, UT</t>
   </si>
   <si>
     <t>Ribes alpinum</t>
   </si>
   <si>
     <t>Ribes aureum</t>
   </si>
   <si>
-    <t>12"+</t>
-[...1 lines deleted...]
-  <si>
     <t>Ribes bracteosum</t>
   </si>
   <si>
     <t>Ribes cereum</t>
   </si>
   <si>
     <t>Ribes divaricatum</t>
   </si>
   <si>
     <t>Ribes nevadense</t>
   </si>
   <si>
     <t>Ribes roezlii</t>
   </si>
   <si>
     <t>El Dorado County, CA</t>
   </si>
   <si>
     <t>Ribes sanguineum</t>
   </si>
   <si>
     <t>Ribes X Nidigrolaria</t>
   </si>
   <si>
     <t>Rosa gymnocarpa</t>
@@ -520,221 +508,221 @@
   <si>
     <t>Symphoricarpus albus</t>
   </si>
   <si>
     <t>Syringa vulgaris</t>
   </si>
   <si>
     <t>Thuja plicata</t>
   </si>
   <si>
     <t>10"/15"</t>
   </si>
   <si>
     <t>S15 plugs</t>
   </si>
   <si>
     <t>Tsuga heterophylla</t>
   </si>
   <si>
     <t>Tsuga mertensiana</t>
   </si>
   <si>
     <t>Umbellularia californica</t>
   </si>
   <si>
-    <t>Douglas County, OR</t>
-[...1 lines deleted...]
-  <si>
     <t>Viburnum ellipticum</t>
   </si>
   <si>
     <t>1"/3"</t>
   </si>
   <si>
     <t>Vitis califonica</t>
   </si>
   <si>
     <t>Actaea rubra</t>
   </si>
   <si>
     <t>Perennials and Bulbs</t>
   </si>
   <si>
+    <t>Allium acuminatum</t>
+  </si>
+  <si>
+    <t>large</t>
+  </si>
+  <si>
+    <t>3/0 bulbs</t>
+  </si>
+  <si>
+    <t>medium</t>
+  </si>
+  <si>
+    <t>small</t>
+  </si>
+  <si>
+    <t>Allium amplectens</t>
+  </si>
+  <si>
+    <t>Polk County, OR</t>
+  </si>
+  <si>
+    <t>Allium campanulatum</t>
+  </si>
+  <si>
+    <t>Allium cernuum</t>
+  </si>
+  <si>
+    <t>Jeff County, WA</t>
+  </si>
+  <si>
+    <t>2/0 bulbs</t>
+  </si>
+  <si>
+    <t>Allium crenulatum</t>
+  </si>
+  <si>
+    <t>Allium validum</t>
+  </si>
+  <si>
+    <t>Aquilegia formosa</t>
+  </si>
+  <si>
     <t>1/0 crowns</t>
   </si>
   <si>
-    <t>Allium acuminatum</t>
-[...37 lines deleted...]
-  <si>
     <t>Aruncus dioicus</t>
   </si>
   <si>
     <t>Asclepias speciosa</t>
   </si>
   <si>
-    <t>medium</t>
-[...1 lines deleted...]
-  <si>
     <t>Aster subspicatus</t>
   </si>
   <si>
     <t>Balsamhorriza sagittata</t>
   </si>
   <si>
     <t>Brodiaea elegens</t>
   </si>
   <si>
+    <t>x-lage</t>
+  </si>
+  <si>
     <t>Calochortus lutea</t>
   </si>
   <si>
     <t>Calochortus monophyllus</t>
   </si>
   <si>
     <t>Calochortus tolmiei</t>
   </si>
   <si>
     <t>Camassia leichtlinii v. leichtlinii</t>
   </si>
   <si>
     <t>Camassia leichtlinii v. suksdorfii</t>
   </si>
   <si>
     <t>Camassia quamash</t>
   </si>
   <si>
     <t>Castilleja miniata</t>
   </si>
   <si>
     <t>Cimicifuga elata</t>
   </si>
   <si>
     <t>Cynoglossum grande</t>
   </si>
   <si>
     <t>Delphinium glaucum</t>
   </si>
   <si>
     <t>Delphinium oreganum</t>
   </si>
   <si>
     <t>Delphinium trolliifolium</t>
   </si>
   <si>
     <t>Dicentra formosa</t>
   </si>
   <si>
     <t>Dichelostemma conjestum</t>
   </si>
   <si>
+    <t>x-large</t>
+  </si>
+  <si>
     <t>Disporum hookeri</t>
   </si>
   <si>
     <t>Dodecatheon hendersonii</t>
   </si>
   <si>
     <t>Eriogonum compositum</t>
   </si>
   <si>
     <t>Eriogonum fasciculatum</t>
   </si>
   <si>
     <t>Erythronium grandiflorum</t>
   </si>
   <si>
     <t>Erythronium multiscapoideum</t>
   </si>
   <si>
     <t>Erythronium oregonum</t>
   </si>
   <si>
     <t>Erythronium revolutum</t>
   </si>
   <si>
     <t>Fragaria chiloensis</t>
   </si>
   <si>
     <t>Curry County, OR</t>
   </si>
   <si>
     <t>rooted plant</t>
   </si>
   <si>
     <t>divisions</t>
   </si>
   <si>
     <t>Fragaria vesca</t>
   </si>
   <si>
     <t>Fragaria virginiana</t>
   </si>
   <si>
     <t>Fritillaria affinis ssp. affinis</t>
   </si>
   <si>
     <t>Fritillaria atropurpurea</t>
   </si>
   <si>
-    <t>Plumas County, OR</t>
-[...1 lines deleted...]
-  <si>
     <t>Geranium oreganum</t>
   </si>
   <si>
     <t>Geum macrophyllum</t>
   </si>
   <si>
     <t>Iris bracteata</t>
   </si>
   <si>
     <t>Iris chrysophylla</t>
   </si>
   <si>
     <t>Iris douglasiana</t>
   </si>
   <si>
     <t>Iris inominata</t>
   </si>
   <si>
     <t>Iris missouriensis</t>
   </si>
   <si>
     <t>Deschutes County, OR</t>
   </si>
   <si>
     <t>Iris sp. Pacific Coast Hybrid</t>
@@ -745,50 +733,53 @@
   <si>
     <t>Liatrus pycnostachya</t>
   </si>
   <si>
     <t>Lilium columbianum</t>
   </si>
   <si>
     <t>Lilium humboltii</t>
   </si>
   <si>
     <t>Lilium pardalinum</t>
   </si>
   <si>
     <t>Lilium parvum</t>
   </si>
   <si>
     <t>Lilium washingtonianum</t>
   </si>
   <si>
     <t>Lomatium californicum</t>
   </si>
   <si>
     <t>Lomatium dissectum</t>
   </si>
   <si>
+    <t>x-small</t>
+  </si>
+  <si>
     <t>Lomatium nudicaule</t>
   </si>
   <si>
     <t>Lomatium utriculatum</t>
   </si>
   <si>
     <t>Lupinus rivularis</t>
   </si>
   <si>
     <t>Mimulus cardinalis</t>
   </si>
   <si>
     <t>Mimulus guttatus</t>
   </si>
   <si>
     <t>Mimulus lewisii</t>
   </si>
   <si>
     <t>Olysinum douglasii</t>
   </si>
   <si>
     <t>Paeonia brownii</t>
   </si>
   <si>
     <t>Washoe County, NV</t>
@@ -821,53 +812,50 @@
     <t>Sidalcea virgata</t>
   </si>
   <si>
     <t>Sisyrinchium idahoense</t>
   </si>
   <si>
     <t>Smilacina racemosa</t>
   </si>
   <si>
     <t>Smilacina stellata</t>
   </si>
   <si>
     <t>Solidago canadensis</t>
   </si>
   <si>
     <t>Thalictrum occidentale</t>
   </si>
   <si>
     <t>Thalictrum polycarpum</t>
   </si>
   <si>
     <t>Trillium albidum</t>
   </si>
   <si>
     <t>4/0 bulbs</t>
-  </si>
-[...1 lines deleted...]
-    <t>x-small</t>
   </si>
   <si>
     <t>Trillium ovatum</t>
   </si>
   <si>
     <t>Triteleia hyacinthina</t>
   </si>
   <si>
     <t>Triteleia ixioides</t>
   </si>
   <si>
     <t>Vancouveria hexandra</t>
   </si>
   <si>
     <t>Veratrum viride</t>
   </si>
   <si>
     <t>Viola adunca</t>
   </si>
   <si>
     <t>Wyethia amplexicaulis</t>
   </si>
   <si>
     <t>Wyethia angustifolia</t>
   </si>
@@ -1307,51 +1295,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K253"/>
+  <dimension ref="A1:K263"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="K3" sqref="K3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="2"/>
     <col min="5" max="5" width="15" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="15" customWidth="true" style="2"/>
     <col min="9" max="9" width="15" customWidth="true" style="2"/>
     <col min="10" max="10" width="15" customWidth="true" style="2"/>
     <col min="11" max="11" width="15" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -1988,1700 +1976,1676 @@
       </c>
       <c r="H23" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I23" s="2">
         <v>25</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" t="s">
         <v>39</v>
       </c>
       <c r="B24" t="s">
         <v>13</v>
       </c>
       <c r="C24" t="s">
         <v>14</v>
       </c>
       <c r="D24" s="2">
-        <v>1700</v>
+        <v>500</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F24" s="2">
         <v>0.9</v>
       </c>
       <c r="G24" s="2">
         <v>0.6</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I24" s="2">
         <v>100</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" t="s">
         <v>41</v>
       </c>
       <c r="B25" t="s">
         <v>13</v>
       </c>
       <c r="C25"/>
       <c r="D25" s="2">
-        <v>225</v>
+        <v>200</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F25" s="2">
         <v>1.8</v>
       </c>
       <c r="G25" s="2">
         <v>1.2</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I25" s="2">
         <v>25</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B26" t="s">
         <v>13</v>
       </c>
       <c r="C26"/>
       <c r="D26" s="2">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="F26" s="2">
-        <v>0.9</v>
+        <v>5.78</v>
       </c>
       <c r="G26" s="2">
-        <v>0.6</v>
+        <v>3.85</v>
       </c>
       <c r="H26" s="2" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="I26" s="2">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" t="s">
         <v>42</v>
       </c>
       <c r="B27" t="s">
         <v>13</v>
       </c>
       <c r="C27"/>
       <c r="D27" s="2">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="F27" s="2">
-        <v>5.78</v>
+        <v>1.13</v>
       </c>
       <c r="G27" s="2">
-        <v>3.85</v>
+        <v>0.75</v>
       </c>
       <c r="H27" s="2" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="I27" s="2">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B28" t="s">
         <v>13</v>
       </c>
       <c r="C28"/>
-      <c r="D28" s="2">
-[...9 lines deleted...]
-        <v>0.75</v>
+      <c r="D28" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E28" s="2"/>
+      <c r="F28" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G28" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I28" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J28" s="2"/>
       <c r="K28" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B29" t="s">
         <v>13</v>
       </c>
       <c r="C29"/>
       <c r="D29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E29" s="2"/>
       <c r="F29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J29" s="2"/>
       <c r="K29" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B30" t="s">
         <v>13</v>
       </c>
       <c r="C30"/>
       <c r="D30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E30" s="2"/>
       <c r="F30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J30" s="2"/>
       <c r="K30" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B31" t="s">
         <v>13</v>
       </c>
       <c r="C31"/>
       <c r="D31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E31" s="2"/>
       <c r="F31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J31" s="2"/>
       <c r="K31" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B32" t="s">
         <v>13</v>
       </c>
-      <c r="C32"/>
-[...16 lines deleted...]
-      <c r="J32" s="2"/>
+      <c r="C32" t="s">
+        <v>52</v>
+      </c>
+      <c r="D32" s="2">
+        <v>200</v>
+      </c>
+      <c r="E32" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F32" s="2">
+        <v>1.2</v>
+      </c>
+      <c r="G32" s="2">
+        <v>0.8</v>
+      </c>
+      <c r="H32" s="2">
+        <v>1</v>
+      </c>
+      <c r="I32" s="2">
+        <v>100</v>
+      </c>
+      <c r="J32" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K32" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" t="s">
         <v>51</v>
       </c>
       <c r="B33" t="s">
         <v>13</v>
       </c>
       <c r="C33" t="s">
         <v>52</v>
       </c>
       <c r="D33" s="2">
-        <v>200</v>
+        <v>450</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="F33" s="2">
-        <v>1.2</v>
+        <v>1.43</v>
       </c>
       <c r="G33" s="2">
-        <v>0.8</v>
+        <v>0.95</v>
       </c>
       <c r="H33" s="2">
         <v>1</v>
       </c>
       <c r="I33" s="2">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" t="s">
         <v>51</v>
       </c>
       <c r="B34" t="s">
         <v>13</v>
       </c>
       <c r="C34" t="s">
         <v>52</v>
       </c>
       <c r="D34" s="2">
-        <v>500</v>
+        <v>275</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F34" s="2">
-        <v>1.43</v>
+        <v>1.88</v>
       </c>
       <c r="G34" s="2">
-        <v>0.95</v>
+        <v>1.25</v>
       </c>
       <c r="H34" s="2">
         <v>1</v>
       </c>
       <c r="I34" s="2">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" t="s">
         <v>51</v>
       </c>
       <c r="B35" t="s">
         <v>13</v>
       </c>
       <c r="C35" t="s">
         <v>52</v>
       </c>
       <c r="D35" s="2">
-        <v>275</v>
+        <v>900</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="F35" s="2">
-        <v>1.88</v>
+        <v>0.9</v>
       </c>
       <c r="G35" s="2">
-        <v>1.25</v>
+        <v>0.6</v>
       </c>
       <c r="H35" s="2">
         <v>1</v>
       </c>
       <c r="I35" s="2">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B36" t="s">
         <v>13</v>
       </c>
-      <c r="C36" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="C36"/>
+      <c r="D36" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H36" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I36" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J36" s="2"/>
       <c r="K36" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B37" t="s">
         <v>13</v>
       </c>
-      <c r="C37"/>
-[...16 lines deleted...]
-      <c r="J37" s="2"/>
+      <c r="C37" t="s">
+        <v>52</v>
+      </c>
+      <c r="D37" s="2">
+        <v>200</v>
+      </c>
+      <c r="E37" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F37" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="G37" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="H37" s="2">
+        <v>1</v>
+      </c>
+      <c r="I37" s="2">
+        <v>100</v>
+      </c>
+      <c r="J37" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K37" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" t="s">
         <v>55</v>
       </c>
       <c r="B38" t="s">
         <v>13</v>
       </c>
       <c r="C38" t="s">
         <v>52</v>
       </c>
       <c r="D38" s="2">
-        <v>200</v>
+        <v>75</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="F38" s="2">
-        <v>0.6</v>
-[...2 lines deleted...]
-        <v>0.4</v>
+        <v>2.15</v>
+      </c>
+      <c r="G38" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H38" s="2">
         <v>1</v>
       </c>
       <c r="I38" s="2">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" t="s">
         <v>55</v>
       </c>
       <c r="B39" t="s">
         <v>13</v>
       </c>
       <c r="C39" t="s">
         <v>52</v>
       </c>
       <c r="D39" s="2">
         <v>100</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="F39" s="2">
-        <v>2.15</v>
+        <v>3.2</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H39" s="2">
         <v>1</v>
       </c>
       <c r="I39" s="2">
         <v>25</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>45</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B40" t="s">
         <v>13</v>
       </c>
-      <c r="C40" t="s">
-[...9 lines deleted...]
-        <v>3.2</v>
+      <c r="C40"/>
+      <c r="D40" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E40" s="2"/>
+      <c r="F40" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="H40" s="2">
-[...7 lines deleted...]
-      </c>
+      <c r="H40" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I40" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J40" s="2"/>
       <c r="K40" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B41" t="s">
         <v>13</v>
       </c>
       <c r="C41"/>
       <c r="D41" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E41" s="2"/>
       <c r="F41" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J41" s="2"/>
       <c r="K41" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B42" t="s">
         <v>13</v>
       </c>
       <c r="C42"/>
       <c r="D42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E42" s="2"/>
       <c r="F42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J42" s="2"/>
       <c r="K42" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B43" t="s">
         <v>13</v>
       </c>
-      <c r="C43"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C43" t="s">
+        <v>61</v>
+      </c>
+      <c r="D43" s="2">
+        <v>100</v>
+      </c>
+      <c r="E43" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F43" s="2">
+        <v>0.9</v>
+      </c>
+      <c r="G43" s="2">
+        <v>0.6</v>
       </c>
       <c r="H43" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J43" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I43" s="2">
+        <v>100</v>
+      </c>
+      <c r="J43" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K43" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B44" t="s">
         <v>13</v>
       </c>
-      <c r="C44" t="s">
-[...12 lines deleted...]
-        <v>0.6</v>
+      <c r="C44"/>
+      <c r="D44" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E44" s="2"/>
+      <c r="F44" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G44" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H44" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I44" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J44" s="2"/>
       <c r="K44" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B45" t="s">
         <v>13</v>
       </c>
-      <c r="C45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C45"/>
       <c r="D45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E45" s="2"/>
       <c r="F45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J45" s="2"/>
       <c r="K45" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B46" t="s">
         <v>13</v>
       </c>
       <c r="C46"/>
       <c r="D46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E46" s="2"/>
       <c r="F46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J46" s="2"/>
       <c r="K46" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B47" t="s">
         <v>13</v>
       </c>
       <c r="C47"/>
       <c r="D47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E47" s="2"/>
       <c r="F47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J47" s="2"/>
       <c r="K47" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B48" t="s">
         <v>13</v>
       </c>
       <c r="C48"/>
       <c r="D48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E48" s="2"/>
       <c r="F48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J48" s="2"/>
       <c r="K48" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B49" t="s">
         <v>13</v>
       </c>
-      <c r="C49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C49"/>
       <c r="D49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E49" s="2"/>
       <c r="F49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J49" s="2"/>
       <c r="K49" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B50" t="s">
         <v>13</v>
       </c>
       <c r="C50"/>
       <c r="D50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E50" s="2"/>
       <c r="F50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J50" s="2"/>
       <c r="K50" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B51" t="s">
         <v>13</v>
       </c>
       <c r="C51" t="s">
         <v>14</v>
       </c>
-      <c r="D51" s="2" t="s">
-[...7 lines deleted...]
-        <v>17</v>
+      <c r="D51" s="2">
+        <v>60</v>
+      </c>
+      <c r="E51" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F51" s="2">
+        <v>7.13</v>
+      </c>
+      <c r="G51" s="2">
+        <v>4.75</v>
       </c>
       <c r="H51" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J51" s="2"/>
+        <v>70</v>
+      </c>
+      <c r="I51" s="2">
+        <v>10</v>
+      </c>
+      <c r="J51" s="2" t="s">
+        <v>71</v>
+      </c>
       <c r="K51" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B52" t="s">
         <v>13</v>
       </c>
-      <c r="C52" t="s">
-[...12 lines deleted...]
-        <v>4.75</v>
+      <c r="C52"/>
+      <c r="D52" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E52" s="2"/>
+      <c r="F52" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G52" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H52" s="2" t="s">
-        <v>70</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I52" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J52" s="2"/>
       <c r="K52" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B53" t="s">
         <v>13</v>
       </c>
       <c r="C53"/>
       <c r="D53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E53" s="2"/>
       <c r="F53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J53" s="2"/>
       <c r="K53" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B54" t="s">
         <v>13</v>
       </c>
-      <c r="C54"/>
-[...16 lines deleted...]
-      <c r="J54" s="2"/>
+      <c r="C54" t="s">
+        <v>75</v>
+      </c>
+      <c r="D54" s="2">
+        <v>100</v>
+      </c>
+      <c r="E54" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F54" s="2">
+        <v>1.43</v>
+      </c>
+      <c r="G54" s="2">
+        <v>0.95</v>
+      </c>
+      <c r="H54" s="2">
+        <v>1</v>
+      </c>
+      <c r="I54" s="2">
+        <v>50</v>
+      </c>
+      <c r="J54" s="2" t="s">
+        <v>76</v>
+      </c>
       <c r="K54" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" t="s">
         <v>74</v>
       </c>
       <c r="B55" t="s">
         <v>13</v>
       </c>
       <c r="C55" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D55" s="2">
-        <v>150</v>
+        <v>750</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>53</v>
+        <v>78</v>
       </c>
       <c r="F55" s="2">
-        <v>1.43</v>
+        <v>1.8</v>
       </c>
       <c r="G55" s="2">
-        <v>0.95</v>
+        <v>1.2</v>
       </c>
       <c r="H55" s="2">
         <v>1</v>
       </c>
       <c r="I55" s="2">
         <v>50</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="B56" t="s">
         <v>13</v>
       </c>
-      <c r="C56" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="C56"/>
+      <c r="D56" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E56" s="2"/>
+      <c r="F56" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G56" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H56" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I56" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J56" s="2"/>
       <c r="K56" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="B57" t="s">
         <v>13</v>
       </c>
       <c r="C57" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="D57" s="2">
-        <v>750</v>
+        <v>75</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="F57" s="2">
-        <v>1.8</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>5.0</v>
+      </c>
+      <c r="G57" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H57" s="2" t="s">
+        <v>28</v>
       </c>
       <c r="I57" s="2">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" t="s">
+        <v>85</v>
+      </c>
+      <c r="B58" t="s">
+        <v>13</v>
+      </c>
+      <c r="C58" t="s">
         <v>82</v>
       </c>
-      <c r="B58" t="s">
-[...19 lines deleted...]
-      <c r="J58" s="2"/>
+      <c r="D58" s="2">
+        <v>7400</v>
+      </c>
+      <c r="E58" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="F58" s="2">
+        <v>1.08</v>
+      </c>
+      <c r="G58" s="2">
+        <v>0.72</v>
+      </c>
+      <c r="H58" s="2">
+        <v>1</v>
+      </c>
+      <c r="I58" s="2">
+        <v>100</v>
+      </c>
+      <c r="J58" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K58" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B59" t="s">
         <v>13</v>
       </c>
       <c r="C59" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="D59" s="2">
-        <v>75</v>
+        <v>375</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F59" s="2">
-        <v>5.0</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>3.72</v>
+      </c>
+      <c r="G59" s="2">
+        <v>2.48</v>
+      </c>
+      <c r="H59" s="2">
+        <v>1</v>
       </c>
       <c r="I59" s="2">
         <v>25</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>86</v>
+        <v>29</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B60" t="s">
         <v>13</v>
       </c>
       <c r="C60" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="D60" s="2">
-        <v>900</v>
+        <v>75</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F60" s="2">
-        <v>1.47</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>7.25</v>
+      </c>
+      <c r="G60" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H60" s="2" t="s">
+        <v>44</v>
       </c>
       <c r="I60" s="2">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>29</v>
+        <v>84</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B61" t="s">
         <v>13</v>
       </c>
       <c r="C61" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="D61" s="2">
-        <v>7400</v>
+        <v>125</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>89</v>
       </c>
       <c r="F61" s="2">
-        <v>1.08</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>9.5</v>
+      </c>
+      <c r="G61" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H61" s="2" t="s">
+        <v>44</v>
       </c>
       <c r="I61" s="2">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>29</v>
+        <v>84</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B62" t="s">
         <v>13</v>
       </c>
       <c r="C62" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="D62" s="2">
-        <v>400</v>
+        <v>75</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>90</v>
       </c>
       <c r="F62" s="2">
-        <v>3.72</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>7.0</v>
+      </c>
+      <c r="G62" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H62" s="2" t="s">
+        <v>28</v>
       </c>
       <c r="I62" s="2">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>29</v>
+        <v>84</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B63" t="s">
         <v>13</v>
       </c>
       <c r="C63" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="D63" s="2">
-        <v>75</v>
+        <v>125</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>91</v>
       </c>
       <c r="F63" s="2">
-        <v>7.25</v>
+        <v>11.75</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H63" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I63" s="2">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B64" t="s">
         <v>13</v>
       </c>
       <c r="C64" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="D64" s="2">
-        <v>125</v>
+        <v>50</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F64" s="2">
-        <v>9.5</v>
+        <v>8.0</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H64" s="2" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="I64" s="2">
         <v>15</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="B65" t="s">
         <v>13</v>
       </c>
-      <c r="C65" t="s">
-[...9 lines deleted...]
-        <v>7.0</v>
+      <c r="C65"/>
+      <c r="D65" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E65" s="2"/>
+      <c r="F65" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H65" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I65" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J65" s="2"/>
       <c r="K65" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="B66" t="s">
         <v>13</v>
       </c>
-      <c r="C66" t="s">
-[...9 lines deleted...]
-        <v>11.75</v>
+      <c r="C66"/>
+      <c r="D66" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E66" s="2"/>
+      <c r="F66" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H66" s="2" t="s">
-        <v>44</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I66" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J66" s="2"/>
       <c r="K66" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="B67" t="s">
         <v>13</v>
       </c>
-      <c r="C67" t="s">
-[...9 lines deleted...]
-        <v>8.0</v>
+      <c r="C67"/>
+      <c r="D67" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E67" s="2"/>
+      <c r="F67" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H67" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I67" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J67" s="2"/>
       <c r="K67" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" t="s">
         <v>96</v>
       </c>
       <c r="B68" t="s">
         <v>13</v>
       </c>
       <c r="C68"/>
       <c r="D68" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E68" s="2"/>
       <c r="F68" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H68" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J68" s="2"/>
       <c r="K68" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" t="s">
         <v>97</v>
       </c>
       <c r="B69" t="s">
         <v>13</v>
       </c>
-      <c r="C69"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C69" t="s">
+        <v>14</v>
+      </c>
+      <c r="D69" s="2">
+        <v>250</v>
+      </c>
+      <c r="E69" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F69" s="2">
+        <v>1.35</v>
+      </c>
+      <c r="G69" s="2">
+        <v>0.9</v>
       </c>
       <c r="H69" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J69" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I69" s="2">
+        <v>50</v>
+      </c>
+      <c r="J69" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K69" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B70" t="s">
         <v>13</v>
       </c>
-      <c r="C70"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C70" t="s">
+        <v>14</v>
+      </c>
+      <c r="D70" s="2">
+        <v>800</v>
+      </c>
+      <c r="E70" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F70" s="2">
+        <v>0.68</v>
+      </c>
+      <c r="G70" s="2">
+        <v>0.45</v>
       </c>
       <c r="H70" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J70" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I70" s="2">
+        <v>100</v>
+      </c>
+      <c r="J70" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K70" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B71" t="s">
         <v>13</v>
       </c>
-      <c r="C71"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C71" t="s">
+        <v>14</v>
+      </c>
+      <c r="D71" s="2">
+        <v>100</v>
+      </c>
+      <c r="E71" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F71" s="2">
+        <v>0.98</v>
+      </c>
+      <c r="G71" s="2">
+        <v>0.65</v>
       </c>
       <c r="H71" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J71" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I71" s="2">
+        <v>100</v>
+      </c>
+      <c r="J71" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K71" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B72" t="s">
         <v>13</v>
       </c>
-      <c r="C72" t="s">
-[...12 lines deleted...]
-        <v>0.9</v>
+      <c r="C72"/>
+      <c r="D72" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E72" s="2"/>
+      <c r="F72" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G72" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H72" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I72" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J72" s="2"/>
       <c r="K72" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B73" t="s">
         <v>13</v>
       </c>
-      <c r="C73" t="s">
-[...12 lines deleted...]
-        <v>0.45</v>
+      <c r="C73"/>
+      <c r="D73" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E73" s="2"/>
+      <c r="F73" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G73" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H73" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I73" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J73" s="2"/>
       <c r="K73" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" t="s">
         <v>100</v>
       </c>
       <c r="B74" t="s">
         <v>13</v>
       </c>
-      <c r="C74" t="s">
-[...12 lines deleted...]
-        <v>0.65</v>
+      <c r="C74"/>
+      <c r="D74" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E74" s="2"/>
+      <c r="F74" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G74" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H74" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I74" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J74" s="2"/>
       <c r="K74" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" t="s">
         <v>101</v>
       </c>
       <c r="B75" t="s">
         <v>13</v>
       </c>
-      <c r="C75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C75"/>
       <c r="D75" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E75" s="2"/>
       <c r="F75" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G75" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H75" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J75" s="2"/>
       <c r="K75" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" t="s">
         <v>102</v>
       </c>
@@ -3812,67 +3776,71 @@
       <c r="F80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J80" s="2"/>
       <c r="K80" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" t="s">
         <v>107</v>
       </c>
       <c r="B81" t="s">
         <v>13</v>
       </c>
       <c r="C81"/>
-      <c r="D81" s="2" t="s">
-[...15 lines deleted...]
-      <c r="J81" s="2"/>
+      <c r="D81" s="2">
+        <v>200</v>
+      </c>
+      <c r="E81" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F81" s="2">
+        <v>2.1</v>
+      </c>
+      <c r="G81" s="2">
+        <v>1.4</v>
+      </c>
+      <c r="H81" s="2">
+        <v>1</v>
+      </c>
+      <c r="I81" s="2">
+        <v>50</v>
+      </c>
+      <c r="J81" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K81" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" t="s">
         <v>108</v>
       </c>
       <c r="B82" t="s">
         <v>13</v>
       </c>
       <c r="C82"/>
       <c r="D82" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E82" s="2"/>
       <c r="F82" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G82" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H82" s="2" t="s">
         <v>17</v>
       </c>
@@ -3899,418 +3867,416 @@
       <c r="F83" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G83" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H83" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I83" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J83" s="2"/>
       <c r="K83" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" t="s">
         <v>110</v>
       </c>
       <c r="B84" t="s">
         <v>13</v>
       </c>
       <c r="C84"/>
-      <c r="D84" s="2">
-[...19 lines deleted...]
-      </c>
+      <c r="D84" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E84" s="2"/>
+      <c r="F84" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G84" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H84" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I84" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J84" s="2"/>
       <c r="K84" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" t="s">
         <v>111</v>
       </c>
       <c r="B85" t="s">
         <v>13</v>
       </c>
-      <c r="C85"/>
-[...16 lines deleted...]
-      <c r="J85" s="2"/>
+      <c r="C85" t="s">
+        <v>14</v>
+      </c>
+      <c r="D85" s="2">
+        <v>500</v>
+      </c>
+      <c r="E85" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F85" s="2">
+        <v>0.68</v>
+      </c>
+      <c r="G85" s="2">
+        <v>0.45</v>
+      </c>
+      <c r="H85" s="2">
+        <v>1</v>
+      </c>
+      <c r="I85" s="2">
+        <v>100</v>
+      </c>
+      <c r="J85" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K85" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" t="s">
         <v>112</v>
       </c>
       <c r="B86" t="s">
         <v>13</v>
       </c>
-      <c r="C86"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C86" t="s">
+        <v>82</v>
+      </c>
+      <c r="D86" s="2">
+        <v>300</v>
+      </c>
+      <c r="E86" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F86" s="2">
+        <v>0.98</v>
+      </c>
+      <c r="G86" s="2">
+        <v>0.65</v>
       </c>
       <c r="H86" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J86" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I86" s="2">
+        <v>100</v>
+      </c>
+      <c r="J86" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K86" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B87" t="s">
         <v>13</v>
       </c>
-      <c r="C87"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C87" t="s">
+        <v>82</v>
+      </c>
+      <c r="D87" s="2">
+        <v>200</v>
+      </c>
+      <c r="E87" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F87" s="2">
+        <v>1.43</v>
+      </c>
+      <c r="G87" s="2">
+        <v>0.95</v>
       </c>
       <c r="H87" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J87" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I87" s="2">
+        <v>100</v>
+      </c>
+      <c r="J87" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K87" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" t="s">
+        <v>113</v>
+      </c>
+      <c r="B88" t="s">
+        <v>13</v>
+      </c>
+      <c r="C88" t="s">
         <v>114</v>
       </c>
-      <c r="B88" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D88" s="2">
-        <v>600</v>
+        <v>50</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="F88" s="2">
-        <v>0.68</v>
+        <v>1.65</v>
       </c>
       <c r="G88" s="2">
-        <v>0.45</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1.1</v>
+      </c>
+      <c r="H88" s="2" t="s">
+        <v>28</v>
       </c>
       <c r="I88" s="2">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" t="s">
         <v>115</v>
       </c>
       <c r="B89" t="s">
         <v>13</v>
       </c>
-      <c r="C89" t="s">
-[...12 lines deleted...]
-        <v>0.65</v>
+      <c r="C89"/>
+      <c r="D89" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E89" s="2"/>
+      <c r="F89" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G89" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H89" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I89" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J89" s="2"/>
       <c r="K89" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B90" t="s">
         <v>13</v>
       </c>
-      <c r="C90" t="s">
-[...12 lines deleted...]
-        <v>0.95</v>
+      <c r="C90"/>
+      <c r="D90" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E90" s="2"/>
+      <c r="F90" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G90" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H90" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I90" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J90" s="2"/>
       <c r="K90" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B91" t="s">
         <v>13</v>
       </c>
-      <c r="C91" t="s">
-[...12 lines deleted...]
-        <v>1.1</v>
+      <c r="C91"/>
+      <c r="D91" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E91" s="2"/>
+      <c r="F91" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G91" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H91" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I91" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J91" s="2"/>
       <c r="K91" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" t="s">
         <v>118</v>
       </c>
       <c r="B92" t="s">
         <v>13</v>
       </c>
       <c r="C92"/>
       <c r="D92" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E92" s="2"/>
       <c r="F92" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G92" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H92" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J92" s="2"/>
       <c r="K92" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" t="s">
         <v>119</v>
       </c>
       <c r="B93" t="s">
         <v>13</v>
       </c>
       <c r="C93"/>
-      <c r="D93" s="2">
-[...9 lines deleted...]
-        <v>1.4</v>
+      <c r="D93" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E93" s="2"/>
+      <c r="F93" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G93" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H93" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I93" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J93" s="2"/>
       <c r="K93" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B94" t="s">
         <v>13</v>
       </c>
       <c r="C94"/>
       <c r="D94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E94" s="2"/>
       <c r="F94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J94" s="2"/>
       <c r="K94" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" t="s">
+        <v>121</v>
+      </c>
+      <c r="B95" t="s">
+        <v>13</v>
+      </c>
+      <c r="C95" t="s">
         <v>122</v>
       </c>
-      <c r="B95" t="s">
-[...11 lines deleted...]
-        <v>17</v>
+      <c r="D95" s="2">
+        <v>300</v>
+      </c>
+      <c r="E95" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F95" s="2">
+        <v>1.28</v>
+      </c>
+      <c r="G95" s="2">
+        <v>0.85</v>
       </c>
       <c r="H95" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J95" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I95" s="2">
+        <v>50</v>
+      </c>
+      <c r="J95" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K95" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" t="s">
         <v>123</v>
       </c>
       <c r="B96" t="s">
         <v>13</v>
       </c>
       <c r="C96"/>
       <c r="D96" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E96" s="2"/>
       <c r="F96" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G96" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H96" s="2" t="s">
         <v>17</v>
       </c>
@@ -4336,4890 +4302,5200 @@
       <c r="E97" s="2"/>
       <c r="F97" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G97" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H97" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I97" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J97" s="2"/>
       <c r="K97" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" t="s">
         <v>125</v>
       </c>
       <c r="B98" t="s">
         <v>13</v>
       </c>
-      <c r="C98" t="s">
-[...12 lines deleted...]
-        <v>0.85</v>
+      <c r="C98"/>
+      <c r="D98" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E98" s="2"/>
+      <c r="F98" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G98" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H98" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I98" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J98" s="2"/>
       <c r="K98" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B99" t="s">
         <v>13</v>
       </c>
       <c r="C99"/>
       <c r="D99" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E99" s="2"/>
       <c r="F99" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G99" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H99" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I99" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J99" s="2"/>
       <c r="K99" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B100" t="s">
         <v>13</v>
       </c>
       <c r="C100"/>
       <c r="D100" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E100" s="2"/>
       <c r="F100" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G100" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H100" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I100" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J100" s="2"/>
       <c r="K100" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B101" t="s">
         <v>13</v>
       </c>
       <c r="C101"/>
       <c r="D101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E101" s="2"/>
       <c r="F101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J101" s="2"/>
       <c r="K101" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B102" t="s">
         <v>13</v>
       </c>
       <c r="C102"/>
       <c r="D102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E102" s="2"/>
       <c r="F102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J102" s="2"/>
       <c r="K102" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B103" t="s">
         <v>13</v>
       </c>
       <c r="C103"/>
       <c r="D103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E103" s="2"/>
       <c r="F103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J103" s="2"/>
       <c r="K103" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B104" t="s">
         <v>13</v>
       </c>
       <c r="C104"/>
       <c r="D104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E104" s="2"/>
       <c r="F104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J104" s="2"/>
       <c r="K104" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B105" t="s">
         <v>13</v>
       </c>
       <c r="C105"/>
       <c r="D105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E105" s="2"/>
       <c r="F105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J105" s="2"/>
       <c r="K105" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B106" t="s">
         <v>13</v>
       </c>
       <c r="C106"/>
       <c r="D106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E106" s="2"/>
       <c r="F106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J106" s="2"/>
       <c r="K106" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B107" t="s">
         <v>13</v>
       </c>
       <c r="C107"/>
       <c r="D107" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E107" s="2"/>
       <c r="F107" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G107" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H107" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I107" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J107" s="2"/>
       <c r="K107" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B108" t="s">
         <v>13</v>
       </c>
       <c r="C108"/>
       <c r="D108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E108" s="2"/>
       <c r="F108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J108" s="2"/>
       <c r="K108" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" t="s">
+        <v>136</v>
+      </c>
+      <c r="B109" t="s">
+        <v>13</v>
+      </c>
+      <c r="C109" t="s">
+        <v>14</v>
+      </c>
+      <c r="D109" s="2">
+        <v>1550</v>
+      </c>
+      <c r="E109" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="B109" t="s">
-[...11 lines deleted...]
-        <v>17</v>
+      <c r="F109" s="2">
+        <v>1.28</v>
+      </c>
+      <c r="G109" s="2">
+        <v>0.85</v>
       </c>
       <c r="H109" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J109" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I109" s="2">
+        <v>50</v>
+      </c>
+      <c r="J109" s="2" t="s">
+        <v>46</v>
+      </c>
       <c r="K109" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B110" t="s">
         <v>13</v>
       </c>
-      <c r="C110"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C110" t="s">
+        <v>14</v>
+      </c>
+      <c r="D110" s="2">
+        <v>400</v>
+      </c>
+      <c r="E110" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F110" s="2">
+        <v>0.9</v>
+      </c>
+      <c r="G110" s="2">
+        <v>0.6</v>
       </c>
       <c r="H110" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J110" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I110" s="2">
+        <v>50</v>
+      </c>
+      <c r="J110" s="2" t="s">
+        <v>46</v>
+      </c>
       <c r="K110" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B111" t="s">
         <v>13</v>
       </c>
-      <c r="C111"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C111" t="s">
+        <v>52</v>
+      </c>
+      <c r="D111" s="2">
+        <v>1950</v>
+      </c>
+      <c r="E111" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="F111" s="2">
+        <v>1.28</v>
+      </c>
+      <c r="G111" s="2">
+        <v>0.85</v>
       </c>
       <c r="H111" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J111" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I111" s="2">
+        <v>50</v>
+      </c>
+      <c r="J111" s="2" t="s">
+        <v>46</v>
+      </c>
       <c r="K111" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="B112" t="s">
         <v>13</v>
       </c>
       <c r="C112" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="D112" s="2">
-        <v>1550</v>
+        <v>250</v>
       </c>
       <c r="E112" s="2" t="s">
-        <v>141</v>
+        <v>40</v>
       </c>
       <c r="F112" s="2">
-        <v>1.28</v>
+        <v>1.65</v>
       </c>
       <c r="G112" s="2">
-        <v>0.85</v>
+        <v>1.1</v>
       </c>
       <c r="H112" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I112" s="2">
         <v>50</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>46</v>
       </c>
       <c r="K112" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="B113" t="s">
         <v>13</v>
       </c>
       <c r="C113" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="D113" s="2">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F113" s="2">
         <v>0.9</v>
       </c>
       <c r="G113" s="2">
         <v>0.6</v>
       </c>
       <c r="H113" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I113" s="2">
         <v>50</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>46</v>
       </c>
       <c r="K113" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="B114" t="s">
         <v>13</v>
       </c>
       <c r="C114" t="s">
-        <v>52</v>
+        <v>122</v>
       </c>
       <c r="D114" s="2">
-        <v>1950</v>
+        <v>100</v>
       </c>
       <c r="E114" s="2" t="s">
-        <v>141</v>
+        <v>56</v>
       </c>
       <c r="F114" s="2">
-        <v>1.28</v>
+        <v>5.18</v>
       </c>
       <c r="G114" s="2">
-        <v>0.85</v>
+        <v>3.65</v>
       </c>
       <c r="H114" s="2" t="s">
-        <v>28</v>
+        <v>140</v>
       </c>
       <c r="I114" s="2">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="J114" s="2" t="s">
-        <v>46</v>
+        <v>71</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="B115" t="s">
         <v>13</v>
       </c>
       <c r="C115" t="s">
-        <v>52</v>
+        <v>122</v>
       </c>
       <c r="D115" s="2">
-        <v>350</v>
+        <v>100</v>
       </c>
       <c r="E115" s="2" t="s">
-        <v>40</v>
+        <v>141</v>
       </c>
       <c r="F115" s="2">
-        <v>1.65</v>
+        <v>6.98</v>
       </c>
       <c r="G115" s="2">
-        <v>1.1</v>
+        <v>4.95</v>
       </c>
       <c r="H115" s="2" t="s">
-        <v>28</v>
+        <v>140</v>
       </c>
       <c r="I115" s="2">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="J115" s="2" t="s">
-        <v>46</v>
+        <v>71</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" t="s">
         <v>142</v>
       </c>
       <c r="B116" t="s">
         <v>13</v>
       </c>
-      <c r="C116" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C116"/>
       <c r="D116" s="2">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="E116" s="2" t="s">
-        <v>30</v>
+        <v>143</v>
       </c>
       <c r="F116" s="2">
-        <v>0.9</v>
+        <v>5.18</v>
       </c>
       <c r="G116" s="2">
-        <v>0.6</v>
+        <v>3.65</v>
       </c>
       <c r="H116" s="2" t="s">
-        <v>28</v>
+        <v>140</v>
       </c>
       <c r="I116" s="2">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="J116" s="2" t="s">
-        <v>46</v>
+        <v>71</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B117" t="s">
         <v>13</v>
       </c>
       <c r="C117" t="s">
-        <v>126</v>
+        <v>52</v>
       </c>
       <c r="D117" s="2">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="E117" s="2" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="F117" s="2">
-        <v>5.18</v>
+        <v>1.65</v>
       </c>
       <c r="G117" s="2">
-        <v>3.65</v>
+        <v>1.1</v>
       </c>
       <c r="H117" s="2" t="s">
-        <v>144</v>
+        <v>28</v>
       </c>
       <c r="I117" s="2">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="J117" s="2" t="s">
-        <v>71</v>
+        <v>46</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B118" t="s">
         <v>13</v>
       </c>
       <c r="C118" t="s">
-        <v>126</v>
+        <v>52</v>
       </c>
       <c r="D118" s="2">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="E118" s="2" t="s">
-        <v>145</v>
+        <v>30</v>
       </c>
       <c r="F118" s="2">
-        <v>6.98</v>
+        <v>0.9</v>
       </c>
       <c r="G118" s="2">
-        <v>4.95</v>
+        <v>0.6</v>
       </c>
       <c r="H118" s="2" t="s">
-        <v>144</v>
+        <v>28</v>
       </c>
       <c r="I118" s="2">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="J118" s="2" t="s">
-        <v>71</v>
+        <v>46</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B119" t="s">
         <v>13</v>
       </c>
-      <c r="C119"/>
+      <c r="C119" t="s">
+        <v>52</v>
+      </c>
       <c r="D119" s="2">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>147</v>
+        <v>137</v>
       </c>
       <c r="F119" s="2">
-        <v>5.18</v>
+        <v>2.18</v>
       </c>
       <c r="G119" s="2">
-        <v>3.65</v>
+        <v>1.45</v>
       </c>
       <c r="H119" s="2" t="s">
-        <v>144</v>
+        <v>28</v>
       </c>
       <c r="I119" s="2">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>71</v>
       </c>
       <c r="K119" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="B120" t="s">
         <v>13</v>
       </c>
       <c r="C120" t="s">
         <v>52</v>
       </c>
       <c r="D120" s="2">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F120" s="2">
-        <v>1.65</v>
+        <v>2.93</v>
       </c>
       <c r="G120" s="2">
-        <v>1.1</v>
+        <v>1.95</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I120" s="2">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J120" s="2" t="s">
-        <v>46</v>
+        <v>71</v>
       </c>
       <c r="K120" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="B121" t="s">
         <v>13</v>
       </c>
       <c r="C121" t="s">
         <v>52</v>
       </c>
       <c r="D121" s="2">
-        <v>500</v>
+        <v>140</v>
       </c>
       <c r="E121" s="2" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="F121" s="2">
-        <v>0.9</v>
+        <v>3.68</v>
       </c>
       <c r="G121" s="2">
-        <v>0.6</v>
+        <v>2.45</v>
       </c>
       <c r="H121" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I121" s="2">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="J121" s="2" t="s">
-        <v>46</v>
+        <v>71</v>
       </c>
       <c r="K121" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="B122" t="s">
         <v>13</v>
       </c>
-      <c r="C122" t="s">
-[...12 lines deleted...]
-        <v>1.45</v>
+      <c r="C122"/>
+      <c r="D122" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E122" s="2"/>
+      <c r="F122" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G122" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H122" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I122" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J122" s="2"/>
       <c r="K122" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="B123" t="s">
         <v>13</v>
       </c>
-      <c r="C123" t="s">
-[...12 lines deleted...]
-        <v>1.95</v>
+      <c r="C123"/>
+      <c r="D123" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E123" s="2"/>
+      <c r="F123" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G123" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H123" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I123" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J123" s="2"/>
       <c r="K123" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B124" t="s">
         <v>13</v>
       </c>
-      <c r="C124" t="s">
-[...12 lines deleted...]
-        <v>2.45</v>
+      <c r="C124"/>
+      <c r="D124" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E124" s="2"/>
+      <c r="F124" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G124" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H124" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I124" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J124" s="2"/>
       <c r="K124" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B125" t="s">
         <v>13</v>
       </c>
       <c r="C125"/>
       <c r="D125" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E125" s="2"/>
       <c r="F125" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G125" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H125" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I125" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J125" s="2"/>
       <c r="K125" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" t="s">
+        <v>149</v>
+      </c>
+      <c r="B126" t="s">
+        <v>13</v>
+      </c>
+      <c r="C126" t="s">
         <v>150</v>
       </c>
-      <c r="B126" t="s">
-[...13 lines deleted...]
-        <v>17</v>
+      <c r="D126" s="2">
+        <v>1600</v>
+      </c>
+      <c r="E126" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F126" s="2">
+        <v>0.83</v>
+      </c>
+      <c r="G126" s="2">
+        <v>0.55</v>
       </c>
       <c r="H126" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J126" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I126" s="2">
+        <v>100</v>
+      </c>
+      <c r="J126" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K126" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" t="s">
         <v>151</v>
       </c>
       <c r="B127" t="s">
         <v>13</v>
       </c>
       <c r="C127"/>
       <c r="D127" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E127" s="2"/>
       <c r="F127" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G127" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H127" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I127" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J127" s="2"/>
       <c r="K127" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" t="s">
         <v>152</v>
       </c>
       <c r="B128" t="s">
         <v>13</v>
       </c>
-      <c r="C128"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C128" t="s">
+        <v>14</v>
+      </c>
+      <c r="D128" s="2">
+        <v>4000</v>
+      </c>
+      <c r="E128" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F128" s="2">
+        <v>0.9</v>
+      </c>
+      <c r="G128" s="2">
+        <v>0.6</v>
       </c>
       <c r="H128" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J128" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I128" s="2">
+        <v>100</v>
+      </c>
+      <c r="J128" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K128" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" t="s">
         <v>153</v>
       </c>
       <c r="B129" t="s">
         <v>13</v>
       </c>
-      <c r="C129" t="s">
-[...12 lines deleted...]
-        <v>0.55</v>
+      <c r="C129"/>
+      <c r="D129" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E129" s="2"/>
+      <c r="F129" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G129" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H129" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I129" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J129" s="2"/>
       <c r="K129" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="B130" t="s">
         <v>13</v>
       </c>
-      <c r="C130"/>
+      <c r="C130" t="s">
+        <v>14</v>
+      </c>
       <c r="D130" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E130" s="2"/>
       <c r="F130" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G130" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H130" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I130" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J130" s="2"/>
       <c r="K130" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B131" t="s">
         <v>13</v>
       </c>
-      <c r="C131" t="s">
-[...12 lines deleted...]
-        <v>0.6</v>
+      <c r="C131"/>
+      <c r="D131" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E131" s="2"/>
+      <c r="F131" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G131" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H131" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I131" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J131" s="2"/>
       <c r="K131" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B132" t="s">
         <v>13</v>
       </c>
       <c r="C132" t="s">
         <v>14</v>
       </c>
       <c r="D132" s="2">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="E132" s="2" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="F132" s="2">
-        <v>0.9</v>
+        <v>2.4</v>
       </c>
       <c r="G132" s="2">
-        <v>0.6</v>
+        <v>1.6</v>
       </c>
       <c r="H132" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I132" s="2">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="J132" s="2" t="s">
-        <v>29</v>
+        <v>71</v>
       </c>
       <c r="K132" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="B133" t="s">
         <v>13</v>
       </c>
-      <c r="C133" t="s">
-[...12 lines deleted...]
-        <v>1.75</v>
+      <c r="C133"/>
+      <c r="D133" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E133" s="2"/>
+      <c r="F133" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G133" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H133" s="2" t="s">
-        <v>44</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I133" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J133" s="2"/>
       <c r="K133" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" t="s">
+        <v>158</v>
+      </c>
+      <c r="B134" t="s">
+        <v>13</v>
+      </c>
+      <c r="C134" t="s">
+        <v>77</v>
+      </c>
+      <c r="D134" s="2">
+        <v>650</v>
+      </c>
+      <c r="E134" s="2" t="s">
         <v>159</v>
       </c>
-      <c r="B134" t="s">
-[...19 lines deleted...]
-      <c r="J134" s="2"/>
+      <c r="F134" s="2">
+        <v>2.18</v>
+      </c>
+      <c r="G134" s="2">
+        <v>1.45</v>
+      </c>
+      <c r="H134" s="2">
+        <v>1</v>
+      </c>
+      <c r="I134" s="2">
+        <v>50</v>
+      </c>
+      <c r="J134" s="2" t="s">
+        <v>160</v>
+      </c>
       <c r="K134" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B135" t="s">
         <v>13</v>
       </c>
-      <c r="C135" t="s">
-[...12 lines deleted...]
-        <v>1.6</v>
+      <c r="C135"/>
+      <c r="D135" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E135" s="2"/>
+      <c r="F135" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G135" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H135" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I135" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J135" s="2"/>
       <c r="K135" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B136" t="s">
         <v>13</v>
       </c>
       <c r="C136"/>
       <c r="D136" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E136" s="2"/>
       <c r="F136" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G136" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H136" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I136" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J136" s="2"/>
       <c r="K136" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B137" t="s">
         <v>13</v>
       </c>
-      <c r="C137" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="C137"/>
+      <c r="D137" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E137" s="2"/>
+      <c r="F137" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G137" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H137" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I137" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J137" s="2"/>
       <c r="K137" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" t="s">
+        <v>164</v>
+      </c>
+      <c r="B138" t="s">
+        <v>13</v>
+      </c>
+      <c r="C138" t="s">
+        <v>52</v>
+      </c>
+      <c r="D138" s="2">
+        <v>50</v>
+      </c>
+      <c r="E138" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="B138" t="s">
-[...11 lines deleted...]
-        <v>17</v>
+      <c r="F138" s="2">
+        <v>1.05</v>
+      </c>
+      <c r="G138" s="2">
+        <v>0.7</v>
       </c>
       <c r="H138" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J138" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I138" s="2">
+        <v>100</v>
+      </c>
+      <c r="J138" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K138" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139" t="s">
         <v>166</v>
       </c>
       <c r="B139" t="s">
         <v>13</v>
       </c>
       <c r="C139"/>
       <c r="D139" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E139" s="2"/>
       <c r="F139" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G139" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H139" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I139" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J139" s="2"/>
       <c r="K139" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140" t="s">
         <v>167</v>
       </c>
       <c r="B140" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="C140"/>
       <c r="D140" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E140" s="2"/>
       <c r="F140" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G140" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H140" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I140" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J140" s="2"/>
       <c r="K140" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="B141" t="s">
-        <v>13</v>
-[...14 lines deleted...]
-        <v>0.7</v>
+        <v>168</v>
+      </c>
+      <c r="C141"/>
+      <c r="D141" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E141" s="2"/>
+      <c r="F141" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G141" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H141" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I141" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J141" s="2"/>
       <c r="K141" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142" t="s">
+        <v>169</v>
+      </c>
+      <c r="B142" t="s">
+        <v>168</v>
+      </c>
+      <c r="C142" t="s">
+        <v>14</v>
+      </c>
+      <c r="D142" s="2">
+        <v>115</v>
+      </c>
+      <c r="E142" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F142" s="2">
+        <v>1.5</v>
+      </c>
+      <c r="G142" s="2">
+        <v>1.0</v>
+      </c>
+      <c r="H142" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I142" s="2">
+        <v>25</v>
+      </c>
+      <c r="J142" s="2" t="s">
         <v>171</v>
       </c>
-      <c r="B142" t="s">
-[...19 lines deleted...]
-      <c r="J142" s="2"/>
       <c r="K142" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="143" spans="1:11">
       <c r="A143" t="s">
+        <v>169</v>
+      </c>
+      <c r="B143" t="s">
+        <v>168</v>
+      </c>
+      <c r="C143" t="s">
+        <v>14</v>
+      </c>
+      <c r="D143" s="2">
+        <v>225</v>
+      </c>
+      <c r="E143" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="B143" t="s">
-[...11 lines deleted...]
-        <v>17</v>
+      <c r="F143" s="2">
+        <v>1.13</v>
+      </c>
+      <c r="G143" s="2">
+        <v>0.75</v>
       </c>
       <c r="H143" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I143" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J143" s="2"/>
+      <c r="I143" s="2">
+        <v>50</v>
+      </c>
+      <c r="J143" s="2" t="s">
+        <v>171</v>
+      </c>
       <c r="K143" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="B144" t="s">
+        <v>168</v>
+      </c>
+      <c r="C144" t="s">
+        <v>14</v>
+      </c>
+      <c r="D144" s="2">
+        <v>1650</v>
+      </c>
+      <c r="E144" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="C144"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="F144" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="G144" s="2">
+        <v>0.5</v>
       </c>
       <c r="H144" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I144" s="2" t="s">
-        <v>17</v>
+      <c r="I144" s="2">
+        <v>100</v>
       </c>
       <c r="J144" s="2" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="K144" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145" t="s">
+        <v>174</v>
+      </c>
+      <c r="B145" t="s">
+        <v>168</v>
+      </c>
+      <c r="C145" t="s">
         <v>175</v>
       </c>
-      <c r="B145" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D145" s="2">
-        <v>1750</v>
+        <v>21</v>
       </c>
       <c r="E145" s="2" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="F145" s="2">
-        <v>0.6</v>
+        <v>1.5</v>
       </c>
       <c r="G145" s="2">
-        <v>0.5</v>
+        <v>1.0</v>
       </c>
       <c r="H145" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I145" s="2">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="J145" s="2" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="K145" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="146" spans="1:11">
       <c r="A146" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="B146" t="s">
+        <v>168</v>
+      </c>
+      <c r="C146" t="s">
+        <v>175</v>
+      </c>
+      <c r="D146" s="2">
+        <v>755</v>
+      </c>
+      <c r="E146" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="C146" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F146" s="2">
-        <v>1.2</v>
+        <v>0.75</v>
       </c>
       <c r="G146" s="2">
-        <v>1.0</v>
+        <v>0.5</v>
       </c>
       <c r="H146" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I146" s="2">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="J146" s="2" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="K146" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B147" t="s">
-        <v>173</v>
-[...14 lines deleted...]
-        <v>0.5</v>
+        <v>168</v>
+      </c>
+      <c r="C147"/>
+      <c r="D147" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E147" s="2"/>
+      <c r="F147" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G147" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H147" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I147" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I147" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J147" s="2"/>
       <c r="K147" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="B148" t="s">
+        <v>168</v>
+      </c>
+      <c r="C148" t="s">
+        <v>178</v>
+      </c>
+      <c r="D148" s="2">
+        <v>150</v>
+      </c>
+      <c r="E148" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="C148"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="F148" s="2">
+        <v>0.72</v>
+      </c>
+      <c r="G148" s="2">
+        <v>0.6</v>
       </c>
       <c r="H148" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I148" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J148" s="2"/>
+      <c r="I148" s="2">
+        <v>100</v>
+      </c>
+      <c r="J148" s="2" t="s">
+        <v>179</v>
+      </c>
       <c r="K148" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="B149" t="s">
-        <v>173</v>
-[...14 lines deleted...]
-        <v>0.6</v>
+        <v>168</v>
+      </c>
+      <c r="C149"/>
+      <c r="D149" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E149" s="2"/>
+      <c r="F149" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G149" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H149" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I149" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I149" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J149" s="2"/>
       <c r="K149" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="B150" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C150"/>
       <c r="D150" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E150" s="2"/>
       <c r="F150" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G150" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H150" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I150" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J150" s="2"/>
       <c r="K150" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="B151" t="s">
+        <v>168</v>
+      </c>
+      <c r="C151" t="s">
+        <v>14</v>
+      </c>
+      <c r="D151" s="2">
+        <v>800</v>
+      </c>
+      <c r="E151" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="C151"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="F151" s="2">
+        <v>0.98</v>
+      </c>
+      <c r="G151" s="2">
+        <v>0.65</v>
       </c>
       <c r="H151" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I151" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J151" s="2"/>
+      <c r="I151" s="2">
+        <v>100</v>
+      </c>
+      <c r="J151" s="2" t="s">
+        <v>183</v>
+      </c>
       <c r="K151" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="B152" t="s">
-        <v>173</v>
-[...14 lines deleted...]
-        <v>0.65</v>
+        <v>168</v>
+      </c>
+      <c r="C152"/>
+      <c r="D152" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E152" s="2"/>
+      <c r="F152" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G152" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H152" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I152" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I152" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J152" s="2"/>
       <c r="K152" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="B153" t="s">
-        <v>173</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>168</v>
+      </c>
+      <c r="C153" t="s">
+        <v>14</v>
+      </c>
+      <c r="D153" s="2">
+        <v>300</v>
+      </c>
+      <c r="E153" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F153" s="2">
+        <v>1.88</v>
+      </c>
+      <c r="G153" s="2">
+        <v>1.25</v>
       </c>
       <c r="H153" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I153" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J153" s="2"/>
+      <c r="I153" s="2">
+        <v>25</v>
+      </c>
+      <c r="J153" s="2" t="s">
+        <v>183</v>
+      </c>
       <c r="K153" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="B154" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C154" t="s">
         <v>14</v>
       </c>
       <c r="D154" s="2">
-        <v>350</v>
+        <v>700</v>
       </c>
       <c r="E154" s="2" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="F154" s="2">
-        <v>1.88</v>
+        <v>1.28</v>
       </c>
       <c r="G154" s="2">
-        <v>1.25</v>
+        <v>0.85</v>
       </c>
       <c r="H154" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I154" s="2">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="J154" s="2" t="s">
-        <v>174</v>
+        <v>183</v>
       </c>
       <c r="K154" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="B155" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C155" t="s">
         <v>14</v>
       </c>
       <c r="D155" s="2">
-        <v>700</v>
+        <v>1900</v>
       </c>
       <c r="E155" s="2" t="s">
-        <v>190</v>
+        <v>173</v>
       </c>
       <c r="F155" s="2">
-        <v>1.28</v>
+        <v>0.9</v>
       </c>
       <c r="G155" s="2">
-        <v>0.85</v>
+        <v>0.6</v>
       </c>
       <c r="H155" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I155" s="2">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J155" s="2" t="s">
-        <v>174</v>
+        <v>183</v>
       </c>
       <c r="K155" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="B156" t="s">
-        <v>173</v>
-[...14 lines deleted...]
-        <v>0.6</v>
+        <v>168</v>
+      </c>
+      <c r="C156"/>
+      <c r="D156" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E156" s="2"/>
+      <c r="F156" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G156" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H156" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I156" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I156" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J156" s="2"/>
       <c r="K156" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="B157" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C157"/>
       <c r="D157" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E157" s="2"/>
       <c r="F157" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G157" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H157" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I157" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J157" s="2"/>
       <c r="K157" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="B158" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C158"/>
-      <c r="D158" s="2" t="s">
-[...7 lines deleted...]
-        <v>17</v>
+      <c r="D158" s="2">
+        <v>330</v>
+      </c>
+      <c r="E158" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F158" s="2">
+        <v>1.5</v>
+      </c>
+      <c r="G158" s="2">
+        <v>1.0</v>
       </c>
       <c r="H158" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I158" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J158" s="2"/>
       <c r="K158" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="B159" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C159"/>
-      <c r="D159" s="2" t="s">
-[...7 lines deleted...]
-        <v>17</v>
+      <c r="D159" s="2">
+        <v>475</v>
+      </c>
+      <c r="E159" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="F159" s="2">
+        <v>1.2</v>
+      </c>
+      <c r="G159" s="2">
+        <v>0.8</v>
       </c>
       <c r="H159" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I159" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J159" s="2"/>
       <c r="K159" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="160" spans="1:11">
       <c r="A160" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="B160" t="s">
+        <v>168</v>
+      </c>
+      <c r="C160"/>
+      <c r="D160" s="2">
+        <v>640</v>
+      </c>
+      <c r="E160" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="C160"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="F160" s="2">
+        <v>0.83</v>
+      </c>
+      <c r="G160" s="2">
+        <v>0.55</v>
       </c>
       <c r="H160" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I160" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J160" s="2"/>
       <c r="K160" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="161" spans="1:11">
       <c r="A161" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="B161" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C161"/>
-      <c r="D161" s="2" t="s">
-[...7 lines deleted...]
-        <v>17</v>
+      <c r="D161" s="2">
+        <v>240</v>
+      </c>
+      <c r="E161" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="F161" s="2">
+        <v>2.03</v>
+      </c>
+      <c r="G161" s="2">
+        <v>1.35</v>
       </c>
       <c r="H161" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I161" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J161" s="2"/>
       <c r="K161" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="B162" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C162"/>
       <c r="D162" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E162" s="2"/>
       <c r="F162" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G162" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H162" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I162" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J162" s="2"/>
       <c r="K162" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="163" spans="1:11">
       <c r="A163" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B163" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C163"/>
       <c r="D163" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E163" s="2"/>
       <c r="F163" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G163" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H163" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I163" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J163" s="2"/>
       <c r="K163" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="164" spans="1:11">
       <c r="A164" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="B164" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C164"/>
       <c r="D164" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E164" s="2"/>
       <c r="F164" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G164" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H164" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I164" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J164" s="2"/>
       <c r="K164" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="B165" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C165"/>
       <c r="D165" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E165" s="2"/>
       <c r="F165" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G165" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H165" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I165" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J165" s="2"/>
       <c r="K165" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="B166" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C166"/>
       <c r="D166" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E166" s="2"/>
       <c r="F166" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G166" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H166" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I166" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J166" s="2"/>
       <c r="K166" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="167" spans="1:11">
       <c r="A167" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="B167" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C167"/>
       <c r="D167" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E167" s="2"/>
       <c r="F167" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G167" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H167" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I167" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J167" s="2"/>
       <c r="K167" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="168" spans="1:11">
       <c r="A168" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="B168" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C168"/>
       <c r="D168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E168" s="2"/>
       <c r="F168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J168" s="2"/>
       <c r="K168" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="169" spans="1:11">
       <c r="A169" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="B169" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C169"/>
       <c r="D169" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E169" s="2"/>
       <c r="F169" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G169" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H169" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I169" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J169" s="2"/>
       <c r="K169" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="170" spans="1:11">
       <c r="A170" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="B170" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C170"/>
       <c r="D170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E170" s="2"/>
       <c r="F170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J170" s="2"/>
       <c r="K170" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="B171" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C171"/>
       <c r="D171" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E171" s="2"/>
       <c r="F171" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G171" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H171" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I171" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J171" s="2"/>
       <c r="K171" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="A172" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="B172" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C172"/>
       <c r="D172" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E172" s="2"/>
       <c r="F172" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G172" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H172" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I172" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J172" s="2"/>
       <c r="K172" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="B173" t="s">
-        <v>173</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="C173"/>
       <c r="D173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E173" s="2"/>
       <c r="F173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J173" s="2"/>
       <c r="K173" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="174" spans="1:11">
       <c r="A174" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="B174" t="s">
-        <v>173</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="C174"/>
       <c r="D174" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E174" s="2"/>
       <c r="F174" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G174" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H174" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I174" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J174" s="2"/>
       <c r="K174" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="175" spans="1:11">
       <c r="A175" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="B175" t="s">
-        <v>173</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="C175"/>
       <c r="D175" s="2">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="E175" s="2" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="F175" s="2">
-        <v>0.78</v>
+        <v>1.65</v>
       </c>
       <c r="G175" s="2">
-        <v>0.65</v>
+        <v>1.1</v>
       </c>
       <c r="H175" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I175" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I175" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J175" s="2"/>
       <c r="K175" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="176" spans="1:11">
       <c r="A176" t="s">
-        <v>210</v>
+        <v>203</v>
       </c>
       <c r="B176" t="s">
-        <v>173</v>
-[...12 lines deleted...]
-        <v>17</v>
+        <v>168</v>
+      </c>
+      <c r="C176"/>
+      <c r="D176" s="2">
+        <v>175</v>
+      </c>
+      <c r="E176" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="F176" s="2">
+        <v>1.2</v>
+      </c>
+      <c r="G176" s="2">
+        <v>0.8</v>
       </c>
       <c r="H176" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I176" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J176" s="2"/>
       <c r="K176" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="B177" t="s">
+        <v>168</v>
+      </c>
+      <c r="C177"/>
+      <c r="D177" s="2">
+        <v>1050</v>
+      </c>
+      <c r="E177" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="C177"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="F177" s="2">
+        <v>0.83</v>
+      </c>
+      <c r="G177" s="2">
+        <v>0.55</v>
       </c>
       <c r="H177" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I177" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J177" s="2"/>
       <c r="K177" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="B178" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C178"/>
-      <c r="D178" s="2" t="s">
-[...7 lines deleted...]
-        <v>17</v>
+      <c r="D178" s="2">
+        <v>480</v>
+      </c>
+      <c r="E178" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="F178" s="2">
+        <v>2.63</v>
+      </c>
+      <c r="G178" s="2">
+        <v>1.75</v>
       </c>
       <c r="H178" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I178" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J178" s="2"/>
       <c r="K178" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="B179" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C179"/>
       <c r="D179" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E179" s="2"/>
       <c r="F179" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G179" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H179" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I179" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J179" s="2"/>
       <c r="K179" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="B180" t="s">
+        <v>168</v>
+      </c>
+      <c r="C180" t="s">
+        <v>14</v>
+      </c>
+      <c r="D180" s="2">
+        <v>200</v>
+      </c>
+      <c r="E180" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="C180"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="F180" s="2">
+        <v>0.78</v>
+      </c>
+      <c r="G180" s="2">
+        <v>0.65</v>
       </c>
       <c r="H180" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I180" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J180" s="2"/>
+      <c r="I180" s="2">
+        <v>100</v>
+      </c>
+      <c r="J180" s="2" t="s">
+        <v>171</v>
+      </c>
       <c r="K180" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
       <c r="B181" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C181"/>
       <c r="D181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E181" s="2"/>
       <c r="F181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J181" s="2"/>
       <c r="K181" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="B182" t="s">
-        <v>173</v>
-[...14 lines deleted...]
-        <v>0.4</v>
+        <v>168</v>
+      </c>
+      <c r="C182"/>
+      <c r="D182" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E182" s="2"/>
+      <c r="F182" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G182" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H182" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I182" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I182" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J182" s="2"/>
       <c r="K182" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="183" spans="1:11">
       <c r="A183" t="s">
-        <v>220</v>
+        <v>209</v>
       </c>
       <c r="B183" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C183"/>
       <c r="D183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E183" s="2"/>
       <c r="F183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J183" s="2"/>
       <c r="K183" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="184" spans="1:11">
       <c r="A184" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
       <c r="B184" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C184"/>
       <c r="D184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E184" s="2"/>
       <c r="F184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J184" s="2"/>
       <c r="K184" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="185" spans="1:11">
       <c r="A185" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="B185" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C185"/>
       <c r="D185" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E185" s="2"/>
       <c r="F185" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G185" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H185" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I185" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J185" s="2"/>
       <c r="K185" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="186" spans="1:11">
       <c r="A186" t="s">
-        <v>223</v>
+        <v>212</v>
       </c>
       <c r="B186" t="s">
-        <v>173</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="C186"/>
       <c r="D186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E186" s="2"/>
       <c r="F186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J186" s="2"/>
       <c r="K186" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="187" spans="1:11">
       <c r="A187" t="s">
-        <v>225</v>
+        <v>213</v>
       </c>
       <c r="B187" t="s">
-        <v>173</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>168</v>
+      </c>
+      <c r="C187" t="s">
+        <v>214</v>
+      </c>
+      <c r="D187" s="2">
+        <v>10300</v>
+      </c>
+      <c r="E187" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="F187" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="G187" s="2">
+        <v>0.4</v>
       </c>
       <c r="H187" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I187" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J187" s="2"/>
+      <c r="I187" s="2">
+        <v>100</v>
+      </c>
+      <c r="J187" s="2" t="s">
+        <v>216</v>
+      </c>
       <c r="K187" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="188" spans="1:11">
       <c r="A188" t="s">
-        <v>226</v>
+        <v>217</v>
       </c>
       <c r="B188" t="s">
-        <v>173</v>
-[...14 lines deleted...]
-        <v>1.25</v>
+        <v>168</v>
+      </c>
+      <c r="C188"/>
+      <c r="D188" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E188" s="2"/>
+      <c r="F188" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G188" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H188" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I188" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I188" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J188" s="2"/>
       <c r="K188" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189" t="s">
-        <v>227</v>
+        <v>218</v>
       </c>
       <c r="B189" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C189"/>
       <c r="D189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E189" s="2"/>
       <c r="F189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J189" s="2"/>
       <c r="K189" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="190" spans="1:11">
       <c r="A190" t="s">
-        <v>228</v>
+        <v>219</v>
       </c>
       <c r="B190" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C190"/>
       <c r="D190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E190" s="2"/>
       <c r="F190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J190" s="2"/>
       <c r="K190" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="191" spans="1:11">
       <c r="A191" t="s">
-        <v>229</v>
+        <v>220</v>
       </c>
       <c r="B191" t="s">
-        <v>173</v>
-[...14 lines deleted...]
-        <v>0.75</v>
+        <v>168</v>
+      </c>
+      <c r="C191"/>
+      <c r="D191" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E191" s="2"/>
+      <c r="F191" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G191" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H191" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I191" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I191" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J191" s="2"/>
       <c r="K191" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="192" spans="1:11">
       <c r="A192" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="B192" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C192"/>
       <c r="D192" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E192" s="2"/>
       <c r="F192" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G192" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H192" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I192" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J192" s="2"/>
       <c r="K192" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="193" spans="1:11">
       <c r="A193" t="s">
-        <v>231</v>
+        <v>222</v>
       </c>
       <c r="B193" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C193" t="s">
-        <v>232</v>
+        <v>14</v>
       </c>
       <c r="D193" s="2">
-        <v>175</v>
+        <v>100</v>
       </c>
       <c r="E193" s="2" t="s">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="F193" s="2">
-        <v>2.63</v>
+        <v>1.88</v>
       </c>
       <c r="G193" s="2">
-        <v>1.75</v>
+        <v>1.25</v>
       </c>
       <c r="H193" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I193" s="2">
         <v>25</v>
       </c>
       <c r="J193" s="2" t="s">
-        <v>29</v>
+        <v>183</v>
       </c>
       <c r="K193" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194" t="s">
-        <v>233</v>
+        <v>223</v>
       </c>
       <c r="B194" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C194"/>
       <c r="D194" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E194" s="2"/>
       <c r="F194" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G194" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H194" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I194" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J194" s="2"/>
       <c r="K194" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="195" spans="1:11">
       <c r="A195" t="s">
-        <v>234</v>
+        <v>224</v>
       </c>
       <c r="B195" t="s">
-        <v>173</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="C195"/>
       <c r="D195" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E195" s="2"/>
       <c r="F195" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G195" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H195" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I195" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="J195" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J195" s="2"/>
       <c r="K195" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="196" spans="1:11">
       <c r="A196" t="s">
-        <v>235</v>
+        <v>225</v>
       </c>
       <c r="B196" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C196" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-        <v>1.25</v>
+        <v>214</v>
+      </c>
+      <c r="D196" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E196" s="2"/>
+      <c r="F196" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G196" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H196" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I196" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I196" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J196" s="2"/>
       <c r="K196" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="197" spans="1:11">
       <c r="A197" t="s">
-        <v>236</v>
+        <v>226</v>
       </c>
       <c r="B197" t="s">
-        <v>173</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="C197"/>
       <c r="D197" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E197" s="2"/>
       <c r="F197" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G197" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H197" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I197" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J197" s="2"/>
       <c r="K197" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="198" spans="1:11">
       <c r="A198" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="B198" t="s">
-        <v>173</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>168</v>
+      </c>
+      <c r="C198" t="s">
+        <v>228</v>
+      </c>
+      <c r="D198" s="2">
+        <v>175</v>
+      </c>
+      <c r="E198" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F198" s="2">
+        <v>2.63</v>
+      </c>
+      <c r="G198" s="2">
+        <v>1.75</v>
       </c>
       <c r="H198" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I198" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J198" s="2"/>
+      <c r="I198" s="2">
+        <v>25</v>
+      </c>
+      <c r="J198" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K198" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199" t="s">
-        <v>238</v>
+        <v>227</v>
       </c>
       <c r="B199" t="s">
-        <v>173</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>168</v>
+      </c>
+      <c r="C199" t="s">
+        <v>228</v>
+      </c>
+      <c r="D199" s="2">
+        <v>250</v>
+      </c>
+      <c r="E199" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="F199" s="2">
+        <v>1.89</v>
+      </c>
+      <c r="G199" s="2">
+        <v>1.25</v>
       </c>
       <c r="H199" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I199" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J199" s="2"/>
+      <c r="I199" s="2">
+        <v>50</v>
+      </c>
+      <c r="J199" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K199" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="200" spans="1:11">
       <c r="A200" t="s">
-        <v>239</v>
+        <v>229</v>
       </c>
       <c r="B200" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C200"/>
       <c r="D200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E200" s="2"/>
       <c r="F200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J200" s="2"/>
       <c r="K200" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="201" spans="1:11">
       <c r="A201" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="B201" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C201"/>
       <c r="D201" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E201" s="2"/>
       <c r="F201" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G201" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H201" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I201" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J201" s="2"/>
       <c r="K201" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="202" spans="1:11">
       <c r="A202" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="B202" t="s">
-        <v>173</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>168</v>
+      </c>
+      <c r="C202" t="s">
+        <v>14</v>
+      </c>
+      <c r="D202" s="2">
+        <v>200</v>
+      </c>
+      <c r="E202" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F202" s="2">
+        <v>1.88</v>
+      </c>
+      <c r="G202" s="2">
+        <v>1.25</v>
       </c>
       <c r="H202" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I202" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J202" s="2"/>
+      <c r="I202" s="2">
+        <v>25</v>
+      </c>
+      <c r="J202" s="2" t="s">
+        <v>183</v>
+      </c>
       <c r="K202" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="203" spans="1:11">
       <c r="A203" t="s">
-        <v>242</v>
+        <v>232</v>
       </c>
       <c r="B203" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C203" t="s">
-        <v>179</v>
-[...11 lines deleted...]
-        <v>1.05</v>
+        <v>14</v>
+      </c>
+      <c r="D203" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E203" s="2"/>
+      <c r="F203" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G203" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H203" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I203" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I203" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J203" s="2"/>
       <c r="K203" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="204" spans="1:11">
       <c r="A204" t="s">
-        <v>243</v>
+        <v>233</v>
       </c>
       <c r="B204" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C204"/>
       <c r="D204" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E204" s="2"/>
       <c r="F204" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G204" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H204" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I204" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J204" s="2"/>
       <c r="K204" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="205" spans="1:11">
       <c r="A205" t="s">
-        <v>244</v>
+        <v>234</v>
       </c>
       <c r="B205" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C205"/>
       <c r="D205" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E205" s="2"/>
       <c r="F205" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G205" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H205" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I205" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J205" s="2"/>
       <c r="K205" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="206" spans="1:11">
       <c r="A206" t="s">
-        <v>245</v>
+        <v>235</v>
       </c>
       <c r="B206" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C206"/>
       <c r="D206" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E206" s="2"/>
       <c r="F206" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G206" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H206" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I206" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J206" s="2"/>
       <c r="K206" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="207" spans="1:11">
       <c r="A207" t="s">
-        <v>246</v>
+        <v>236</v>
       </c>
       <c r="B207" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C207"/>
       <c r="D207" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E207" s="2"/>
       <c r="F207" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G207" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H207" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I207" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J207" s="2"/>
       <c r="K207" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="208" spans="1:11">
       <c r="A208" t="s">
-        <v>247</v>
+        <v>237</v>
       </c>
       <c r="B208" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C208"/>
       <c r="D208" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E208" s="2"/>
       <c r="F208" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G208" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H208" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I208" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J208" s="2"/>
       <c r="K208" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209" t="s">
-        <v>248</v>
+        <v>238</v>
       </c>
       <c r="B209" t="s">
-        <v>173</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>168</v>
+      </c>
+      <c r="C209" t="s">
+        <v>175</v>
+      </c>
+      <c r="D209" s="2">
+        <v>418</v>
+      </c>
+      <c r="E209" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="F209" s="2">
+        <v>1.58</v>
+      </c>
+      <c r="G209" s="2">
+        <v>1.05</v>
       </c>
       <c r="H209" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I209" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J209" s="2"/>
+      <c r="I209" s="2">
+        <v>50</v>
+      </c>
+      <c r="J209" s="2" t="s">
+        <v>183</v>
+      </c>
       <c r="K209" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="210" spans="1:11">
       <c r="A210" t="s">
-        <v>249</v>
+        <v>238</v>
       </c>
       <c r="B210" t="s">
+        <v>168</v>
+      </c>
+      <c r="C210" t="s">
+        <v>175</v>
+      </c>
+      <c r="D210" s="2">
+        <v>779</v>
+      </c>
+      <c r="E210" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="C210"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="F210" s="2">
+        <v>1.13</v>
+      </c>
+      <c r="G210" s="2">
+        <v>0.75</v>
       </c>
       <c r="H210" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I210" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J210" s="2"/>
+      <c r="I210" s="2">
+        <v>100</v>
+      </c>
+      <c r="J210" s="2" t="s">
+        <v>183</v>
+      </c>
       <c r="K210" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211" t="s">
-        <v>250</v>
+        <v>238</v>
       </c>
       <c r="B211" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C211" t="s">
-        <v>251</v>
-[...9 lines deleted...]
-        <v>17</v>
+        <v>175</v>
+      </c>
+      <c r="D211" s="2">
+        <v>417</v>
+      </c>
+      <c r="E211" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="F211" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="G211" s="2">
+        <v>0.5</v>
       </c>
       <c r="H211" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I211" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J211" s="2"/>
+      <c r="I211" s="2">
+        <v>100</v>
+      </c>
+      <c r="J211" s="2" t="s">
+        <v>183</v>
+      </c>
       <c r="K211" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212" t="s">
-        <v>252</v>
+        <v>240</v>
       </c>
       <c r="B212" t="s">
-        <v>173</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>168</v>
+      </c>
+      <c r="C212" t="s">
+        <v>175</v>
+      </c>
+      <c r="D212" s="2">
+        <v>113</v>
+      </c>
+      <c r="E212" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F212" s="2">
+        <v>1.65</v>
+      </c>
+      <c r="G212" s="2">
+        <v>1.1</v>
       </c>
       <c r="H212" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I212" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J212" s="2"/>
+      <c r="I212" s="2">
+        <v>25</v>
+      </c>
+      <c r="J212" s="2" t="s">
+        <v>183</v>
+      </c>
       <c r="K212" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="213" spans="1:11">
       <c r="A213" t="s">
-        <v>253</v>
+        <v>240</v>
       </c>
       <c r="B213" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C213" t="s">
-        <v>52</v>
-[...9 lines deleted...]
-        <v>17</v>
+        <v>175</v>
+      </c>
+      <c r="D213" s="2">
+        <v>116</v>
+      </c>
+      <c r="E213" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="F213" s="2">
+        <v>1.28</v>
+      </c>
+      <c r="G213" s="2">
+        <v>0.85</v>
       </c>
       <c r="H213" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I213" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J213" s="2"/>
+      <c r="I213" s="2">
+        <v>50</v>
+      </c>
+      <c r="J213" s="2" t="s">
+        <v>183</v>
+      </c>
       <c r="K213" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="214" spans="1:11">
       <c r="A214" t="s">
-        <v>254</v>
+        <v>240</v>
       </c>
       <c r="B214" t="s">
+        <v>168</v>
+      </c>
+      <c r="C214" t="s">
+        <v>175</v>
+      </c>
+      <c r="D214" s="2">
+        <v>656</v>
+      </c>
+      <c r="E214" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="C214" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F214" s="2">
-        <v>0.75</v>
+        <v>0.98</v>
       </c>
       <c r="G214" s="2">
-        <v>0.5</v>
+        <v>0.65</v>
       </c>
       <c r="H214" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I214" s="2">
         <v>100</v>
       </c>
       <c r="J214" s="2" t="s">
-        <v>219</v>
+        <v>183</v>
       </c>
       <c r="K214" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215" t="s">
-        <v>255</v>
+        <v>240</v>
       </c>
       <c r="B215" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="C215"/>
+        <v>168</v>
+      </c>
+      <c r="C215" t="s">
+        <v>175</v>
+      </c>
       <c r="D215" s="2">
-        <v>100</v>
+        <v>750</v>
       </c>
       <c r="E215" s="2" t="s">
-        <v>176</v>
+        <v>239</v>
       </c>
       <c r="F215" s="2">
-        <v>0.83</v>
+        <v>0.75</v>
       </c>
       <c r="G215" s="2">
-        <v>0.55</v>
+        <v>0.5</v>
       </c>
       <c r="H215" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I215" s="2">
         <v>100</v>
       </c>
       <c r="J215" s="2" t="s">
-        <v>29</v>
+        <v>183</v>
       </c>
       <c r="K215" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="216" spans="1:11">
       <c r="A216" t="s">
-        <v>256</v>
+        <v>241</v>
       </c>
       <c r="B216" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C216"/>
       <c r="D216" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E216" s="2"/>
       <c r="F216" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G216" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H216" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I216" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J216" s="2"/>
       <c r="K216" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="217" spans="1:11">
       <c r="A217" t="s">
-        <v>257</v>
+        <v>242</v>
       </c>
       <c r="B217" t="s">
-        <v>173</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="C217"/>
       <c r="D217" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E217" s="2"/>
       <c r="F217" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G217" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H217" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I217" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J217" s="2"/>
       <c r="K217" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="218" spans="1:11">
       <c r="A218" t="s">
-        <v>258</v>
+        <v>243</v>
       </c>
       <c r="B218" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C218"/>
       <c r="D218" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E218" s="2"/>
       <c r="F218" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G218" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H218" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I218" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J218" s="2"/>
       <c r="K218" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="219" spans="1:11">
       <c r="A219" t="s">
-        <v>259</v>
+        <v>244</v>
       </c>
       <c r="B219" t="s">
-        <v>173</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="C219"/>
       <c r="D219" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E219" s="2"/>
       <c r="F219" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G219" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H219" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I219" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J219" s="2"/>
       <c r="K219" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="220" spans="1:11">
       <c r="A220" t="s">
-        <v>260</v>
+        <v>245</v>
       </c>
       <c r="B220" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C220"/>
       <c r="D220" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E220" s="2"/>
       <c r="F220" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G220" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H220" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I220" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J220" s="2"/>
       <c r="K220" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="221" spans="1:11">
       <c r="A221" t="s">
-        <v>261</v>
+        <v>246</v>
       </c>
       <c r="B221" t="s">
-        <v>173</v>
-[...14 lines deleted...]
-        <v>0.75</v>
+        <v>168</v>
+      </c>
+      <c r="C221"/>
+      <c r="D221" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E221" s="2"/>
+      <c r="F221" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G221" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H221" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I221" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I221" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J221" s="2"/>
       <c r="K221" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="222" spans="1:11">
       <c r="A222" t="s">
-        <v>261</v>
+        <v>247</v>
       </c>
       <c r="B222" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C222" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-        <v>0.5</v>
+        <v>248</v>
+      </c>
+      <c r="D222" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E222" s="2"/>
+      <c r="F222" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G222" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H222" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I222" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I222" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J222" s="2"/>
       <c r="K222" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="223" spans="1:11">
       <c r="A223" t="s">
-        <v>262</v>
+        <v>249</v>
       </c>
       <c r="B223" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C223"/>
       <c r="D223" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E223" s="2"/>
       <c r="F223" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G223" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H223" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I223" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J223" s="2"/>
       <c r="K223" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="224" spans="1:11">
       <c r="A224" t="s">
-        <v>263</v>
+        <v>250</v>
       </c>
       <c r="B224" t="s">
+        <v>168</v>
+      </c>
+      <c r="C224" t="s">
+        <v>52</v>
+      </c>
+      <c r="D224" s="2">
+        <v>1000</v>
+      </c>
+      <c r="E224" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="C224"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="F224" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="G224" s="2">
+        <v>0.5</v>
       </c>
       <c r="H224" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I224" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J224" s="2"/>
+      <c r="I224" s="2">
+        <v>100</v>
+      </c>
+      <c r="J224" s="2" t="s">
+        <v>183</v>
+      </c>
       <c r="K224" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="225" spans="1:11">
       <c r="A225" t="s">
-        <v>264</v>
+        <v>251</v>
       </c>
       <c r="B225" t="s">
+        <v>168</v>
+      </c>
+      <c r="C225" t="s">
+        <v>14</v>
+      </c>
+      <c r="D225" s="2">
+        <v>50</v>
+      </c>
+      <c r="E225" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="C225"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="F225" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="G225" s="2">
+        <v>0.5</v>
       </c>
       <c r="H225" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I225" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J225" s="2"/>
+      <c r="I225" s="2">
+        <v>100</v>
+      </c>
+      <c r="J225" s="2" t="s">
+        <v>216</v>
+      </c>
       <c r="K225" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="226" spans="1:11">
       <c r="A226" t="s">
-        <v>265</v>
+        <v>252</v>
       </c>
       <c r="B226" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C226"/>
       <c r="D226" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E226" s="2"/>
       <c r="F226" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G226" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H226" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I226" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J226" s="2"/>
       <c r="K226" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="227" spans="1:11">
       <c r="A227" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="B227" t="s">
-        <v>173</v>
-[...14 lines deleted...]
-        <v>0.9</v>
+        <v>168</v>
+      </c>
+      <c r="C227"/>
+      <c r="D227" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E227" s="2"/>
+      <c r="F227" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G227" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H227" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I227" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I227" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J227" s="2"/>
       <c r="K227" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="228" spans="1:11">
       <c r="A228" t="s">
-        <v>266</v>
+        <v>254</v>
       </c>
       <c r="B228" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C228" t="s">
         <v>52</v>
       </c>
-      <c r="D228" s="2">
-[...9 lines deleted...]
-        <v>0.7</v>
+      <c r="D228" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E228" s="2"/>
+      <c r="F228" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G228" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H228" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I228" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I228" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J228" s="2"/>
       <c r="K228" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="229" spans="1:11">
       <c r="A229" t="s">
-        <v>267</v>
+        <v>255</v>
       </c>
       <c r="B229" t="s">
-        <v>173</v>
-[...14 lines deleted...]
-        <v>2.0</v>
+        <v>168</v>
+      </c>
+      <c r="C229"/>
+      <c r="D229" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E229" s="2"/>
+      <c r="F229" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G229" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H229" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I229" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I229" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J229" s="2"/>
       <c r="K229" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="230" spans="1:11">
       <c r="A230" t="s">
-        <v>267</v>
+        <v>256</v>
       </c>
       <c r="B230" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C230" t="s">
-        <v>52</v>
-[...11 lines deleted...]
-        <v>1.5</v>
+        <v>122</v>
+      </c>
+      <c r="D230" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E230" s="2"/>
+      <c r="F230" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G230" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H230" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I230" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I230" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J230" s="2"/>
       <c r="K230" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="231" spans="1:11">
       <c r="A231" t="s">
-        <v>267</v>
+        <v>257</v>
       </c>
       <c r="B231" t="s">
-        <v>173</v>
-[...14 lines deleted...]
-        <v>0.75</v>
+        <v>168</v>
+      </c>
+      <c r="C231"/>
+      <c r="D231" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E231" s="2"/>
+      <c r="F231" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G231" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H231" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I231" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I231" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J231" s="2"/>
       <c r="K231" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="232" spans="1:11">
       <c r="A232" t="s">
-        <v>270</v>
+        <v>258</v>
       </c>
       <c r="B232" t="s">
-        <v>173</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>168</v>
+      </c>
+      <c r="C232" t="s">
+        <v>14</v>
+      </c>
+      <c r="D232" s="2">
+        <v>600</v>
+      </c>
+      <c r="E232" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="F232" s="2">
+        <v>1.05</v>
+      </c>
+      <c r="G232" s="2">
+        <v>0.75</v>
       </c>
       <c r="H232" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I232" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J232" s="2"/>
+      <c r="I232" s="2">
+        <v>50</v>
+      </c>
+      <c r="J232" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K232" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="233" spans="1:11">
       <c r="A233" t="s">
-        <v>271</v>
+        <v>258</v>
       </c>
       <c r="B233" t="s">
+        <v>168</v>
+      </c>
+      <c r="C233" t="s">
+        <v>14</v>
+      </c>
+      <c r="D233" s="2">
+        <v>1600</v>
+      </c>
+      <c r="E233" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="C233" t="s">
-[...10 lines deleted...]
-        <v>17</v>
+      <c r="F233" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="G233" s="2">
+        <v>0.5</v>
       </c>
       <c r="H233" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I233" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J233" s="2"/>
+      <c r="I233" s="2">
+        <v>100</v>
+      </c>
+      <c r="J233" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K233" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="234" spans="1:11">
       <c r="A234" t="s">
-        <v>272</v>
+        <v>259</v>
       </c>
       <c r="B234" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C234"/>
       <c r="D234" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E234" s="2"/>
       <c r="F234" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G234" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H234" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I234" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J234" s="2"/>
       <c r="K234" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="235" spans="1:11">
       <c r="A235" t="s">
-        <v>273</v>
+        <v>260</v>
       </c>
       <c r="B235" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C235"/>
       <c r="D235" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E235" s="2"/>
       <c r="F235" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G235" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H235" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I235" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J235" s="2"/>
       <c r="K235" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="236" spans="1:11">
       <c r="A236" t="s">
-        <v>274</v>
+        <v>261</v>
       </c>
       <c r="B236" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C236"/>
       <c r="D236" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E236" s="2"/>
       <c r="F236" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G236" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H236" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I236" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J236" s="2"/>
       <c r="K236" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="237" spans="1:11">
       <c r="A237" t="s">
-        <v>275</v>
+        <v>262</v>
       </c>
       <c r="B237" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C237"/>
       <c r="D237" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E237" s="2"/>
       <c r="F237" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G237" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H237" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I237" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J237" s="2"/>
       <c r="K237" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="238" spans="1:11">
       <c r="A238" t="s">
-        <v>276</v>
+        <v>263</v>
       </c>
       <c r="B238" t="s">
+        <v>168</v>
+      </c>
+      <c r="C238" t="s">
+        <v>52</v>
+      </c>
+      <c r="D238" s="2">
+        <v>150</v>
+      </c>
+      <c r="E238" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="C238"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="F238" s="2">
+        <v>0.84</v>
+      </c>
+      <c r="G238" s="2">
+        <v>0.7</v>
       </c>
       <c r="H238" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I238" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J238" s="2"/>
+      <c r="I238" s="2">
+        <v>100</v>
+      </c>
+      <c r="J238" s="2" t="s">
+        <v>183</v>
+      </c>
       <c r="K238" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="239" spans="1:11">
       <c r="A239" t="s">
-        <v>277</v>
+        <v>264</v>
       </c>
       <c r="B239" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C239" t="s">
-        <v>179</v>
+        <v>52</v>
       </c>
       <c r="D239" s="2">
-        <v>650</v>
+        <v>350</v>
       </c>
       <c r="E239" s="2" t="s">
-        <v>176</v>
+        <v>239</v>
       </c>
       <c r="F239" s="2">
-        <v>1.05</v>
+        <v>0.9</v>
       </c>
       <c r="G239" s="2">
-        <v>0.7</v>
+        <v>0.75</v>
       </c>
       <c r="H239" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I239" s="2">
         <v>100</v>
       </c>
       <c r="J239" s="2" t="s">
-        <v>174</v>
+        <v>265</v>
       </c>
       <c r="K239" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="240" spans="1:11">
       <c r="A240" t="s">
-        <v>278</v>
+        <v>266</v>
       </c>
       <c r="B240" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C240"/>
       <c r="D240" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E240" s="2"/>
       <c r="F240" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G240" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H240" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I240" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J240" s="2"/>
       <c r="K240" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="241" spans="1:11">
       <c r="A241" t="s">
-        <v>279</v>
+        <v>267</v>
       </c>
       <c r="B241" t="s">
-        <v>173</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>168</v>
+      </c>
+      <c r="C241" t="s">
+        <v>75</v>
+      </c>
+      <c r="D241" s="2">
+        <v>375</v>
+      </c>
+      <c r="E241" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F241" s="2">
+        <v>1.65</v>
+      </c>
+      <c r="G241" s="2">
+        <v>1.1</v>
       </c>
       <c r="H241" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I241" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J241" s="2"/>
       <c r="K241" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="242" spans="1:11">
       <c r="A242" t="s">
-        <v>280</v>
+        <v>267</v>
       </c>
       <c r="B242" t="s">
-        <v>173</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>168</v>
+      </c>
+      <c r="C242" t="s">
+        <v>75</v>
+      </c>
+      <c r="D242" s="2">
+        <v>584</v>
+      </c>
+      <c r="E242" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="F242" s="2">
+        <v>1.2</v>
+      </c>
+      <c r="G242" s="2">
+        <v>0.8</v>
       </c>
       <c r="H242" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I242" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J242" s="2"/>
       <c r="K242" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="243" spans="1:11">
       <c r="A243" t="s">
-        <v>281</v>
+        <v>267</v>
       </c>
       <c r="B243" t="s">
-        <v>173</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>168</v>
+      </c>
+      <c r="C243" t="s">
+        <v>75</v>
+      </c>
+      <c r="D243" s="2">
+        <v>290</v>
+      </c>
+      <c r="E243" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="F243" s="2">
+        <v>2.63</v>
+      </c>
+      <c r="G243" s="2">
+        <v>1.75</v>
       </c>
       <c r="H243" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I243" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J243" s="2"/>
       <c r="K243" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="244" spans="1:11">
       <c r="A244" t="s">
-        <v>282</v>
+        <v>268</v>
       </c>
       <c r="B244" t="s">
-        <v>283</v>
+        <v>168</v>
       </c>
       <c r="C244"/>
       <c r="D244" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E244" s="2"/>
       <c r="F244" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G244" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H244" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I244" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J244" s="2"/>
       <c r="K244" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="245" spans="1:11">
       <c r="A245" t="s">
-        <v>284</v>
+        <v>269</v>
       </c>
       <c r="B245" t="s">
-        <v>283</v>
-[...9 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="C245"/>
+      <c r="D245" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E245" s="2"/>
       <c r="F245" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="G245" s="2">
-        <v>0.38</v>
+      <c r="G245" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H245" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I245" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I245" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J245" s="2"/>
       <c r="K245" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="246" spans="1:11">
       <c r="A246" t="s">
-        <v>286</v>
+        <v>270</v>
       </c>
       <c r="B246" t="s">
-        <v>283</v>
-[...9 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="C246"/>
+      <c r="D246" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E246" s="2"/>
       <c r="F246" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="G246" s="2">
-        <v>0.38</v>
+      <c r="G246" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H246" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I246" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I246" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J246" s="2"/>
       <c r="K246" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="247" spans="1:11">
       <c r="A247" t="s">
-        <v>287</v>
+        <v>271</v>
       </c>
       <c r="B247" t="s">
-        <v>283</v>
+        <v>168</v>
       </c>
       <c r="C247"/>
       <c r="D247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E247" s="2"/>
       <c r="F247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J247" s="2"/>
       <c r="K247" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="248" spans="1:11">
       <c r="A248" t="s">
-        <v>288</v>
+        <v>272</v>
       </c>
       <c r="B248" t="s">
-        <v>283</v>
-[...9 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="C248"/>
+      <c r="D248" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E248" s="2"/>
       <c r="F248" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="G248" s="2">
-        <v>0.38</v>
+      <c r="G248" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H248" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I248" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I248" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J248" s="2"/>
       <c r="K248" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="249" spans="1:11">
       <c r="A249" t="s">
-        <v>289</v>
+        <v>273</v>
       </c>
       <c r="B249" t="s">
-        <v>283</v>
-[...1 lines deleted...]
-      <c r="C249"/>
+        <v>168</v>
+      </c>
+      <c r="C249" t="s">
+        <v>175</v>
+      </c>
       <c r="D249" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E249" s="2"/>
       <c r="F249" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G249" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H249" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I249" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J249" s="2"/>
       <c r="K249" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="250" spans="1:11">
       <c r="A250" t="s">
-        <v>290</v>
+        <v>274</v>
       </c>
       <c r="B250" t="s">
-        <v>283</v>
-[...9 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="C250"/>
+      <c r="D250" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E250" s="2"/>
       <c r="F250" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="G250" s="2">
-        <v>0.38</v>
+      <c r="G250" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H250" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I250" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I250" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J250" s="2"/>
       <c r="K250" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="251" spans="1:11">
       <c r="A251" t="s">
-        <v>291</v>
+        <v>275</v>
       </c>
       <c r="B251" t="s">
-        <v>283</v>
+        <v>168</v>
       </c>
       <c r="C251"/>
       <c r="D251" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E251" s="2"/>
       <c r="F251" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G251" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H251" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I251" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J251" s="2"/>
       <c r="K251" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="252" spans="1:11">
       <c r="A252" t="s">
-        <v>292</v>
+        <v>276</v>
       </c>
       <c r="B252" t="s">
-        <v>283</v>
+        <v>168</v>
       </c>
       <c r="C252"/>
       <c r="D252" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E252" s="2"/>
       <c r="F252" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G252" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H252" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I252" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J252" s="2"/>
       <c r="K252" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="253" spans="1:11">
       <c r="A253" t="s">
-        <v>293</v>
+        <v>277</v>
       </c>
       <c r="B253" t="s">
-        <v>283</v>
+        <v>168</v>
       </c>
       <c r="C253"/>
       <c r="D253" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E253" s="2"/>
       <c r="F253" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G253" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H253" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I253" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J253" s="2"/>
       <c r="K253" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="254" spans="1:11">
+      <c r="A254" t="s">
+        <v>278</v>
+      </c>
+      <c r="B254" t="s">
+        <v>279</v>
+      </c>
+      <c r="C254"/>
+      <c r="D254" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E254" s="2"/>
+      <c r="F254" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G254" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H254" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I254" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J254" s="2"/>
+      <c r="K254" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="255" spans="1:11">
+      <c r="A255" t="s">
+        <v>280</v>
+      </c>
+      <c r="B255" t="s">
+        <v>279</v>
+      </c>
+      <c r="C255" t="s">
+        <v>52</v>
+      </c>
+      <c r="D255" s="2">
+        <v>8500</v>
+      </c>
+      <c r="E255" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="F255" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G255" s="2">
+        <v>0.38</v>
+      </c>
+      <c r="H255" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I255" s="2">
+        <v>100</v>
+      </c>
+      <c r="J255" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="K255" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="256" spans="1:11">
+      <c r="A256" t="s">
+        <v>282</v>
+      </c>
+      <c r="B256" t="s">
+        <v>279</v>
+      </c>
+      <c r="C256" t="s">
+        <v>52</v>
+      </c>
+      <c r="D256" s="2">
+        <v>5400</v>
+      </c>
+      <c r="E256" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="F256" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G256" s="2">
+        <v>0.38</v>
+      </c>
+      <c r="H256" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I256" s="2">
+        <v>100</v>
+      </c>
+      <c r="J256" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="K256" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="257" spans="1:11">
+      <c r="A257" t="s">
+        <v>283</v>
+      </c>
+      <c r="B257" t="s">
+        <v>279</v>
+      </c>
+      <c r="C257"/>
+      <c r="D257" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E257" s="2"/>
+      <c r="F257" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G257" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H257" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I257" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J257" s="2"/>
+      <c r="K257" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="258" spans="1:11">
+      <c r="A258" t="s">
+        <v>284</v>
+      </c>
+      <c r="B258" t="s">
+        <v>279</v>
+      </c>
+      <c r="C258" t="s">
+        <v>14</v>
+      </c>
+      <c r="D258" s="2">
+        <v>2800</v>
+      </c>
+      <c r="E258" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="F258" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G258" s="2">
+        <v>0.38</v>
+      </c>
+      <c r="H258" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I258" s="2">
+        <v>100</v>
+      </c>
+      <c r="J258" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="K258" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="259" spans="1:11">
+      <c r="A259" t="s">
+        <v>285</v>
+      </c>
+      <c r="B259" t="s">
+        <v>279</v>
+      </c>
+      <c r="C259"/>
+      <c r="D259" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E259" s="2"/>
+      <c r="F259" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G259" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H259" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I259" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J259" s="2"/>
+      <c r="K259" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="260" spans="1:11">
+      <c r="A260" t="s">
+        <v>286</v>
+      </c>
+      <c r="B260" t="s">
+        <v>279</v>
+      </c>
+      <c r="C260" t="s">
+        <v>52</v>
+      </c>
+      <c r="D260" s="2">
+        <v>7300</v>
+      </c>
+      <c r="E260" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="F260" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G260" s="2">
+        <v>0.38</v>
+      </c>
+      <c r="H260" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I260" s="2">
+        <v>100</v>
+      </c>
+      <c r="J260" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="K260" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="261" spans="1:11">
+      <c r="A261" t="s">
+        <v>287</v>
+      </c>
+      <c r="B261" t="s">
+        <v>279</v>
+      </c>
+      <c r="C261"/>
+      <c r="D261" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E261" s="2"/>
+      <c r="F261" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G261" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H261" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I261" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J261" s="2"/>
+      <c r="K261" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="262" spans="1:11">
+      <c r="A262" t="s">
+        <v>288</v>
+      </c>
+      <c r="B262" t="s">
+        <v>279</v>
+      </c>
+      <c r="C262"/>
+      <c r="D262" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E262" s="2"/>
+      <c r="F262" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G262" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H262" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I262" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J262" s="2"/>
+      <c r="K262" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="263" spans="1:11">
+      <c r="A263" t="s">
+        <v>289</v>
+      </c>
+      <c r="B263" t="s">
+        <v>279</v>
+      </c>
+      <c r="C263"/>
+      <c r="D263" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E263" s="2"/>
+      <c r="F263" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G263" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H263" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I263" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J263" s="2"/>
+      <c r="K263" s="2" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>