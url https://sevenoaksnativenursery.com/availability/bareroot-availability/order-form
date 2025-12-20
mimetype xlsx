--- v2 (2025-11-29)
+++ v3 (2025-12-20)
@@ -14,53 +14,53 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="290">
-[...1 lines deleted...]
-    <t>November 20th, 2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="294">
+  <si>
+    <t>December 19th, 2025</t>
   </si>
   <si>
     <t>Plant Name</t>
   </si>
   <si>
     <t>Plant Category</t>
   </si>
   <si>
     <t>Seed Source</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Plant Size</t>
   </si>
   <si>
     <t>Price&lt;100</t>
   </si>
   <si>
     <t>Price 100+</t>
   </si>
   <si>
     <t>Stems</t>
   </si>
@@ -97,248 +97,263 @@
   <si>
     <t>Acer glabrum</t>
   </si>
   <si>
     <t>Acer macrophyllum</t>
   </si>
   <si>
     <t>Aesculus californica</t>
   </si>
   <si>
     <t>Alnus incana ssp. tenuifolia</t>
   </si>
   <si>
     <t>Alnus rhombifolia</t>
   </si>
   <si>
     <t>Alnus rubra</t>
   </si>
   <si>
     <t>Amelanchier alnifolia</t>
   </si>
   <si>
     <t>Aronia melanocarpa</t>
   </si>
   <si>
+    <t>12"/18"</t>
+  </si>
+  <si>
+    <t>1+</t>
+  </si>
+  <si>
+    <t>1/0 seedlings</t>
+  </si>
+  <si>
     <t>3"/6"</t>
   </si>
   <si>
-    <t>1+</t>
-[...4 lines deleted...]
-  <si>
     <t>6"/12"</t>
   </si>
   <si>
     <t>Betula occidentalis</t>
   </si>
   <si>
     <t>Betula papyrifera</t>
   </si>
   <si>
     <t>Calocedrus decurrens</t>
   </si>
   <si>
     <t>Ceanothus cuneatus</t>
   </si>
   <si>
     <t>Ceanothus velutinus</t>
   </si>
   <si>
     <t>Celtis reticulata</t>
   </si>
   <si>
     <t>Cercis occidentalis</t>
   </si>
   <si>
     <t>Cornus nuttallii</t>
   </si>
   <si>
     <t>Cornus sericea ssp. occidentalis</t>
   </si>
   <si>
     <t>2'/3'</t>
   </si>
   <si>
     <t>Cornus sericea ssp. sericea</t>
   </si>
   <si>
+    <t>3'/4'</t>
+  </si>
+  <si>
     <t>Cornus sericea ssp. sericea 'Baileyi'</t>
   </si>
   <si>
+    <t>2+</t>
+  </si>
+  <si>
+    <t>1/1 transplants</t>
+  </si>
+  <si>
     <t>18"/24"</t>
   </si>
   <si>
+    <t>c-1 rooted summer cuttings</t>
+  </si>
+  <si>
+    <t>Cornus sericea ssp. sericea 'Flaviramea'</t>
+  </si>
+  <si>
+    <t>Cornus sericea ssp. sericea 'Kelseyi'</t>
+  </si>
+  <si>
+    <t>Corylus cornuta ssp. californica</t>
+  </si>
+  <si>
+    <t>Corylus cornuta ssp. cornuta</t>
+  </si>
+  <si>
+    <t>Crataegus douglasii</t>
+  </si>
+  <si>
+    <t>Linn County, OR</t>
+  </si>
+  <si>
+    <t>Cupressus bakeri</t>
+  </si>
+  <si>
+    <t>Fraxinus latifolia</t>
+  </si>
+  <si>
+    <t>6"/10"</t>
+  </si>
+  <si>
+    <t>4'/5'</t>
+  </si>
+  <si>
+    <t>Garrya elliptica</t>
+  </si>
+  <si>
+    <t>Holodiscus discolor</t>
+  </si>
+  <si>
+    <t>Lonicera hispidula</t>
+  </si>
+  <si>
+    <t>Lonicera involucrata</t>
+  </si>
+  <si>
+    <t>Lincoln County, OR</t>
+  </si>
+  <si>
+    <t>Mahonia aquifolium</t>
+  </si>
+  <si>
+    <t>Mahonia nervosa</t>
+  </si>
+  <si>
+    <t>Mahonia repens</t>
+  </si>
+  <si>
+    <t>Malus fusca</t>
+  </si>
+  <si>
+    <t>Myrica gale</t>
+  </si>
+  <si>
+    <t>Oemlaria cerasiformis</t>
+  </si>
+  <si>
+    <t>Philadelphus lewisii</t>
+  </si>
+  <si>
+    <t>Physocarpus capitatus</t>
+  </si>
+  <si>
+    <t>Physocarpus capitatus 'Rubio'</t>
+  </si>
+  <si>
+    <t>C-1 rooted winter cuttings</t>
+  </si>
+  <si>
+    <t>Pinus contorta ssp. contorta</t>
+  </si>
+  <si>
+    <t>Pinus jeffreyi</t>
+  </si>
+  <si>
+    <t>Pinus ponderosa</t>
+  </si>
+  <si>
+    <t>Lane County, OR</t>
+  </si>
+  <si>
+    <t>2/0 seedlings</t>
+  </si>
+  <si>
+    <t>Willamette Valley, OR</t>
+  </si>
+  <si>
+    <t>8"/12"</t>
+  </si>
+  <si>
+    <t>SC plug</t>
+  </si>
+  <si>
+    <t>Pinus sabiniana</t>
+  </si>
+  <si>
+    <t>Popuilus tremuloides</t>
+  </si>
+  <si>
+    <t>N. Idaho</t>
+  </si>
+  <si>
+    <t>3'/4' W</t>
+  </si>
+  <si>
+    <t>1/1 transplant</t>
+  </si>
+  <si>
+    <t>Populus tremuloides</t>
+  </si>
+  <si>
+    <t>#3   6"/12", 1//16" C</t>
+  </si>
+  <si>
+    <t>3/8"   3'/4'</t>
+  </si>
+  <si>
+    <t>3'/4' Br</t>
+  </si>
+  <si>
     <t>3+</t>
   </si>
   <si>
-    <t>1/1 transplants</t>
-[...130 lines deleted...]
-  <si>
     <t>4'/5' Br</t>
   </si>
   <si>
     <t>4'/5' W</t>
   </si>
   <si>
     <t>5'/6' Br</t>
   </si>
   <si>
     <t>5'/6' W</t>
   </si>
   <si>
+    <t>6'/7' Br</t>
+  </si>
+  <si>
+    <t>6'/7' W</t>
+  </si>
+  <si>
     <t>Populus trichocarpa (P. balsamifera ssp. trichocarpa)</t>
   </si>
   <si>
     <t>Potentilla fruticosa</t>
   </si>
   <si>
     <t>Prunus andersonii</t>
   </si>
   <si>
     <t>Prunus emarginata</t>
   </si>
   <si>
     <t>Prunus virginiana</t>
   </si>
   <si>
     <t>Pseudotsuga menziesii</t>
   </si>
   <si>
     <t>Purshia tridentata</t>
   </si>
   <si>
     <t>Quercus chrysolepsis</t>
   </si>
   <si>
     <t>Quercus douglasii</t>
@@ -355,209 +370,203 @@
   <si>
     <t>Quercus kelloggii</t>
   </si>
   <si>
     <t>Quercus phellos</t>
   </si>
   <si>
     <t>Quercus suber</t>
   </si>
   <si>
     <t>Quercus vaccinifolia</t>
   </si>
   <si>
     <t>Quercus wislizenii</t>
   </si>
   <si>
     <t>Rhamnus californica ssp. occidentalis</t>
   </si>
   <si>
     <t>Rhamnus purshiana</t>
   </si>
   <si>
     <t>Rhus glabra</t>
   </si>
   <si>
+    <t>1"/3"</t>
+  </si>
+  <si>
     <t>Rhus trilobata</t>
   </si>
   <si>
-    <t>Morgan County, UT</t>
-[...1 lines deleted...]
-  <si>
     <t>Ribes alpinum</t>
   </si>
   <si>
     <t>Ribes aureum</t>
   </si>
   <si>
     <t>Ribes bracteosum</t>
   </si>
   <si>
     <t>Ribes cereum</t>
   </si>
   <si>
     <t>Ribes divaricatum</t>
   </si>
   <si>
     <t>Ribes nevadense</t>
   </si>
   <si>
     <t>Ribes roezlii</t>
   </si>
   <si>
     <t>El Dorado County, CA</t>
   </si>
   <si>
     <t>Ribes sanguineum</t>
   </si>
   <si>
     <t>Ribes X Nidigrolaria</t>
   </si>
   <si>
+    <t>C-1 rooted winter cutting</t>
+  </si>
+  <si>
     <t>Rosa gymnocarpa</t>
   </si>
   <si>
     <t>Rosa nutkana</t>
   </si>
   <si>
     <t>Rosa pisocarpa</t>
   </si>
   <si>
     <t>Rosa rugosa</t>
   </si>
   <si>
     <t>Rosa woodsii</t>
   </si>
   <si>
     <t>Rubus leucodermis</t>
   </si>
   <si>
     <t>Rubus odoratus</t>
   </si>
   <si>
     <t>Rubus parviflorus</t>
   </si>
   <si>
     <t>Rubus spectabilis</t>
   </si>
   <si>
     <t>Rubus ursinus</t>
   </si>
   <si>
     <t>Salix exigua</t>
   </si>
   <si>
     <t>Salix hookeriana</t>
   </si>
   <si>
     <t>1'/2'</t>
   </si>
   <si>
     <t>Salix lasiandra</t>
   </si>
   <si>
     <t>Salix lemmonii</t>
   </si>
   <si>
     <t>4+</t>
   </si>
   <si>
-    <t>4'/5'</t>
-[...1 lines deleted...]
-  <si>
     <t>Salix purpurea 'nana'</t>
   </si>
   <si>
     <t>15"/18" wide</t>
   </si>
   <si>
     <t>Salix scouleriana</t>
   </si>
   <si>
     <t>Salix sitchensis</t>
   </si>
   <si>
     <t>Sambucus caerulea</t>
   </si>
   <si>
     <t>Sambucus racemosa</t>
   </si>
   <si>
     <t>Shepherdia argentea</t>
   </si>
   <si>
     <t>Spiraea betulifolia</t>
   </si>
   <si>
-    <t>Union County, OR</t>
-[...1 lines deleted...]
-  <si>
     <t>Spiraea densiflora (S. splendens var. splendens)</t>
   </si>
   <si>
     <t>Spiraea douglasii</t>
   </si>
   <si>
     <t>Symphoricarpos albus</t>
   </si>
   <si>
     <t>Symphoricarpos mollis</t>
   </si>
   <si>
     <t>Symphoricarpos rotundifolius</t>
   </si>
   <si>
     <t>Symphoricarpus albus</t>
   </si>
   <si>
     <t>Syringa vulgaris</t>
   </si>
   <si>
     <t>Thuja plicata</t>
   </si>
   <si>
     <t>10"/15"</t>
   </si>
   <si>
     <t>S15 plugs</t>
   </si>
   <si>
     <t>Tsuga heterophylla</t>
   </si>
   <si>
     <t>Tsuga mertensiana</t>
   </si>
   <si>
     <t>Umbellularia californica</t>
   </si>
   <si>
     <t>Viburnum ellipticum</t>
   </si>
   <si>
-    <t>1"/3"</t>
-[...1 lines deleted...]
-  <si>
     <t>Vitis califonica</t>
   </si>
   <si>
     <t>Actaea rubra</t>
   </si>
   <si>
     <t>Perennials and Bulbs</t>
   </si>
   <si>
     <t>Allium acuminatum</t>
   </si>
   <si>
     <t>large</t>
   </si>
   <si>
     <t>3/0 bulbs</t>
   </si>
   <si>
     <t>medium</t>
   </si>
   <si>
     <t>small</t>
   </si>
   <si>
     <t>Allium amplectens</t>
@@ -712,72 +721,75 @@
   <si>
     <t>Iris chrysophylla</t>
   </si>
   <si>
     <t>Iris douglasiana</t>
   </si>
   <si>
     <t>Iris inominata</t>
   </si>
   <si>
     <t>Iris missouriensis</t>
   </si>
   <si>
     <t>Deschutes County, OR</t>
   </si>
   <si>
     <t>Iris sp. Pacific Coast Hybrid</t>
   </si>
   <si>
     <t>Iris tenax</t>
   </si>
   <si>
     <t>Liatrus pycnostachya</t>
   </si>
   <si>
+    <t>Utah</t>
+  </si>
+  <si>
+    <t>x-small</t>
+  </si>
+  <si>
     <t>Lilium columbianum</t>
   </si>
   <si>
     <t>Lilium humboltii</t>
   </si>
   <si>
     <t>Lilium pardalinum</t>
   </si>
   <si>
     <t>Lilium parvum</t>
   </si>
   <si>
     <t>Lilium washingtonianum</t>
   </si>
   <si>
     <t>Lomatium californicum</t>
   </si>
   <si>
     <t>Lomatium dissectum</t>
-  </si>
-[...1 lines deleted...]
-    <t>x-small</t>
   </si>
   <si>
     <t>Lomatium nudicaule</t>
   </si>
   <si>
     <t>Lomatium utriculatum</t>
   </si>
   <si>
     <t>Lupinus rivularis</t>
   </si>
   <si>
     <t>Mimulus cardinalis</t>
   </si>
   <si>
     <t>Mimulus guttatus</t>
   </si>
   <si>
     <t>Mimulus lewisii</t>
   </si>
   <si>
     <t>Olysinum douglasii</t>
   </si>
   <si>
     <t>Paeonia brownii</t>
   </si>
@@ -1295,51 +1307,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K263"/>
+  <dimension ref="A1:K279"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="K3" sqref="K3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="2"/>
     <col min="5" max="5" width="15" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="15" customWidth="true" style="2"/>
     <col min="9" max="9" width="15" customWidth="true" style="2"/>
     <col min="10" max="10" width="15" customWidth="true" style="2"/>
     <col min="11" max="11" width="15" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -1635,132 +1647,136 @@
         <v>17</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J12" s="2"/>
       <c r="K12" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
         <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13"/>
       <c r="D13" s="2">
-        <v>300</v>
+        <v>54</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="F13" s="2">
-        <v>0.83</v>
+      <c r="F13" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="G13" s="2">
-        <v>0.55</v>
+        <v>0.95</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I13" s="2">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
         <v>26</v>
       </c>
       <c r="B14" t="s">
         <v>13</v>
       </c>
       <c r="C14"/>
       <c r="D14" s="2">
-        <v>450</v>
+        <v>130</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F14" s="2">
-        <v>1.13</v>
+        <v>0.83</v>
       </c>
       <c r="G14" s="2">
-        <v>0.75</v>
+        <v>0.55</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I14" s="2">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B15" t="s">
+        <v>13</v>
+      </c>
+      <c r="C15"/>
+      <c r="D15" s="2">
+        <v>232</v>
+      </c>
+      <c r="E15" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B15" t="s">
-[...11 lines deleted...]
-        <v>17</v>
+      <c r="F15" s="2">
+        <v>1.13</v>
+      </c>
+      <c r="G15" s="2">
+        <v>0.75</v>
       </c>
       <c r="H15" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J15" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I15" s="2">
+        <v>50</v>
+      </c>
+      <c r="J15" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K15" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>13</v>
       </c>
       <c r="C16"/>
       <c r="D16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>17</v>
       </c>
@@ -1786,86 +1802,82 @@
       <c r="E17" s="2"/>
       <c r="F17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J17" s="2"/>
       <c r="K17" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" t="s">
         <v>34</v>
       </c>
       <c r="B18" t="s">
         <v>13</v>
       </c>
-      <c r="C18" t="s">
-[...12 lines deleted...]
-        <v>0.95</v>
+      <c r="C18"/>
+      <c r="D18" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E18" s="2"/>
+      <c r="F18" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G18" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H18" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I18" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J18" s="2"/>
       <c r="K18" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" t="s">
         <v>35</v>
       </c>
       <c r="B19" t="s">
         <v>13</v>
       </c>
-      <c r="C19"/>
+      <c r="C19" t="s">
+        <v>14</v>
+      </c>
       <c r="D19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J19" s="2"/>
       <c r="K19" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" t="s">
         <v>36</v>
       </c>
@@ -1937,7565 +1949,8099 @@
       <c r="E22" s="2"/>
       <c r="F22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J22" s="2"/>
       <c r="K22" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" t="s">
         <v>39</v>
       </c>
       <c r="B23" t="s">
         <v>13</v>
       </c>
-      <c r="C23" t="s">
-[...12 lines deleted...]
-        <v>1.2</v>
+      <c r="C23"/>
+      <c r="D23" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G23" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H23" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I23" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J23" s="2"/>
       <c r="K23" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B24" t="s">
         <v>13</v>
       </c>
       <c r="C24" t="s">
         <v>14</v>
       </c>
       <c r="D24" s="2">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="F24" s="2">
-        <v>0.9</v>
+        <v>1.8</v>
       </c>
       <c r="G24" s="2">
-        <v>0.6</v>
+        <v>1.2</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I24" s="2">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B25" t="s">
         <v>13</v>
       </c>
-      <c r="C25"/>
+      <c r="C25" t="s">
+        <v>14</v>
+      </c>
       <c r="D25" s="2">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="F25" s="2">
-        <v>1.8</v>
+        <v>0.9</v>
       </c>
       <c r="G25" s="2">
-        <v>1.2</v>
+        <v>0.6</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I25" s="2">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" t="s">
         <v>42</v>
       </c>
       <c r="B26" t="s">
         <v>13</v>
       </c>
       <c r="C26"/>
       <c r="D26" s="2">
-        <v>200</v>
+        <v>78</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F26" s="2">
-        <v>5.78</v>
+        <v>2.93</v>
       </c>
       <c r="G26" s="2">
-        <v>3.85</v>
+        <v>1.95</v>
       </c>
       <c r="H26" s="2" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="I26" s="2">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B27" t="s">
         <v>13</v>
       </c>
       <c r="C27"/>
       <c r="D27" s="2">
-        <v>1000</v>
+        <v>15</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F27" s="2">
-        <v>1.13</v>
+        <v>2.4</v>
       </c>
       <c r="G27" s="2">
-        <v>0.75</v>
+        <v>1.6</v>
       </c>
       <c r="H27" s="2" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="I27" s="2">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>46</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" t="s">
+        <v>44</v>
+      </c>
+      <c r="B28" t="s">
+        <v>13</v>
+      </c>
+      <c r="C28"/>
+      <c r="D28" s="2">
+        <v>29</v>
+      </c>
+      <c r="E28" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="B28" t="s">
-[...11 lines deleted...]
-        <v>17</v>
+      <c r="F28" s="2">
+        <v>3.15</v>
+      </c>
+      <c r="G28" s="2">
+        <v>2.1</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J28" s="2"/>
+        <v>45</v>
+      </c>
+      <c r="I28" s="2">
+        <v>15</v>
+      </c>
+      <c r="J28" s="2" t="s">
+        <v>46</v>
+      </c>
       <c r="K28" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="B29" t="s">
         <v>13</v>
       </c>
       <c r="C29"/>
-      <c r="D29" s="2" t="s">
-[...7 lines deleted...]
-        <v>17</v>
+      <c r="D29" s="2">
+        <v>9</v>
+      </c>
+      <c r="E29" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F29" s="2">
+        <v>3.9</v>
+      </c>
+      <c r="G29" s="2">
+        <v>2.6</v>
       </c>
       <c r="H29" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J29" s="2"/>
+        <v>45</v>
+      </c>
+      <c r="I29" s="2">
+        <v>10</v>
+      </c>
+      <c r="J29" s="2" t="s">
+        <v>46</v>
+      </c>
       <c r="K29" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="B30" t="s">
         <v>13</v>
       </c>
       <c r="C30"/>
-      <c r="D30" s="2" t="s">
-[...7 lines deleted...]
-        <v>17</v>
+      <c r="D30" s="2">
+        <v>650</v>
+      </c>
+      <c r="E30" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F30" s="2">
+        <v>1.13</v>
+      </c>
+      <c r="G30" s="2">
+        <v>0.75</v>
       </c>
       <c r="H30" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J30" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I30" s="2">
+        <v>50</v>
+      </c>
+      <c r="J30" s="2" t="s">
+        <v>48</v>
+      </c>
       <c r="K30" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B31" t="s">
         <v>13</v>
       </c>
       <c r="C31"/>
       <c r="D31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E31" s="2"/>
       <c r="F31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J31" s="2"/>
       <c r="K31" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B32" t="s">
         <v>13</v>
       </c>
-      <c r="C32" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="C32"/>
+      <c r="D32" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E32" s="2"/>
+      <c r="F32" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G32" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H32" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I32" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J32" s="2"/>
       <c r="K32" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" t="s">
         <v>51</v>
       </c>
       <c r="B33" t="s">
         <v>13</v>
       </c>
-      <c r="C33" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="C33"/>
+      <c r="D33" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E33" s="2"/>
+      <c r="F33" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G33" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H33" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I33" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J33" s="2"/>
       <c r="K33" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B34" t="s">
         <v>13</v>
       </c>
-      <c r="C34" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="C34"/>
+      <c r="D34" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E34" s="2"/>
+      <c r="F34" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G34" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H34" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I34" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J34" s="2"/>
       <c r="K34" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B35" t="s">
         <v>13</v>
       </c>
       <c r="C35" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D35" s="2">
-        <v>900</v>
+        <v>200</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F35" s="2">
-        <v>0.9</v>
+        <v>1.2</v>
       </c>
       <c r="G35" s="2">
-        <v>0.6</v>
+        <v>0.8</v>
       </c>
       <c r="H35" s="2">
         <v>1</v>
       </c>
       <c r="I35" s="2">
         <v>100</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" t="s">
+        <v>53</v>
+      </c>
+      <c r="B36" t="s">
+        <v>13</v>
+      </c>
+      <c r="C36" t="s">
         <v>54</v>
       </c>
-      <c r="B36" t="s">
-[...19 lines deleted...]
-      <c r="J36" s="2"/>
+      <c r="D36" s="2">
+        <v>450</v>
+      </c>
+      <c r="E36" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F36" s="2">
+        <v>1.43</v>
+      </c>
+      <c r="G36" s="2">
+        <v>0.95</v>
+      </c>
+      <c r="H36" s="2">
+        <v>1</v>
+      </c>
+      <c r="I36" s="2">
+        <v>50</v>
+      </c>
+      <c r="J36" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K36" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B37" t="s">
         <v>13</v>
       </c>
       <c r="C37" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D37" s="2">
-        <v>200</v>
+        <v>275</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F37" s="2">
-        <v>0.6</v>
+        <v>1.88</v>
       </c>
       <c r="G37" s="2">
-        <v>0.4</v>
+        <v>1.25</v>
       </c>
       <c r="H37" s="2">
         <v>1</v>
       </c>
       <c r="I37" s="2">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B38" t="s">
         <v>13</v>
       </c>
       <c r="C38" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D38" s="2">
-        <v>75</v>
+        <v>900</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="F38" s="2">
-        <v>2.15</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>0.9</v>
+      </c>
+      <c r="G38" s="2">
+        <v>0.6</v>
       </c>
       <c r="H38" s="2">
         <v>1</v>
       </c>
       <c r="I38" s="2">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" t="s">
         <v>55</v>
       </c>
       <c r="B39" t="s">
         <v>13</v>
       </c>
-      <c r="C39" t="s">
-[...9 lines deleted...]
-        <v>3.2</v>
+      <c r="C39"/>
+      <c r="D39" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E39" s="2"/>
+      <c r="F39" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="H39" s="2">
-[...7 lines deleted...]
-      </c>
+      <c r="H39" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I39" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J39" s="2"/>
       <c r="K39" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B40" t="s">
         <v>13</v>
       </c>
-      <c r="C40"/>
-[...16 lines deleted...]
-      <c r="J40" s="2"/>
+      <c r="C40" t="s">
+        <v>54</v>
+      </c>
+      <c r="D40" s="2">
+        <v>1515</v>
+      </c>
+      <c r="E40" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F40" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="G40" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="H40" s="2">
+        <v>1</v>
+      </c>
+      <c r="I40" s="2">
+        <v>100</v>
+      </c>
+      <c r="J40" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K40" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B41" t="s">
         <v>13</v>
       </c>
-      <c r="C41"/>
-[...16 lines deleted...]
-      <c r="J41" s="2"/>
+      <c r="C41" t="s">
+        <v>54</v>
+      </c>
+      <c r="D41" s="2">
+        <v>1374</v>
+      </c>
+      <c r="E41" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F41" s="2">
+        <v>0.83</v>
+      </c>
+      <c r="G41" s="2">
+        <v>0.55</v>
+      </c>
+      <c r="H41" s="2">
+        <v>1</v>
+      </c>
+      <c r="I41" s="2">
+        <v>100</v>
+      </c>
+      <c r="J41" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K41" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="B42" t="s">
         <v>13</v>
       </c>
-      <c r="C42"/>
-[...5 lines deleted...]
-        <v>17</v>
+      <c r="C42" t="s">
+        <v>54</v>
+      </c>
+      <c r="D42" s="2">
+        <v>39</v>
+      </c>
+      <c r="E42" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F42" s="2">
+        <v>2.15</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="H42" s="2" t="s">
-[...5 lines deleted...]
-      <c r="J42" s="2"/>
+      <c r="H42" s="2">
+        <v>1</v>
+      </c>
+      <c r="I42" s="2">
+        <v>25</v>
+      </c>
+      <c r="J42" s="2" t="s">
+        <v>46</v>
+      </c>
       <c r="K42" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B43" t="s">
         <v>13</v>
       </c>
       <c r="C43" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="D43" s="2">
-        <v>100</v>
+        <v>49</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="F43" s="2">
-        <v>0.9</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>3.2</v>
+      </c>
+      <c r="G43" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H43" s="2">
+        <v>1</v>
       </c>
       <c r="I43" s="2">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="B44" t="s">
         <v>13</v>
       </c>
-      <c r="C44"/>
-[...5 lines deleted...]
-        <v>17</v>
+      <c r="C44" t="s">
+        <v>54</v>
+      </c>
+      <c r="D44" s="2">
+        <v>14</v>
+      </c>
+      <c r="E44" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="F44" s="2">
+        <v>4.4</v>
       </c>
       <c r="G44" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="H44" s="2" t="s">
-[...5 lines deleted...]
-      <c r="J44" s="2"/>
+      <c r="H44" s="2">
+        <v>1</v>
+      </c>
+      <c r="I44" s="2">
+        <v>15</v>
+      </c>
+      <c r="J44" s="2" t="s">
+        <v>46</v>
+      </c>
       <c r="K44" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="B45" t="s">
         <v>13</v>
       </c>
       <c r="C45"/>
       <c r="D45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E45" s="2"/>
       <c r="F45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J45" s="2"/>
       <c r="K45" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="B46" t="s">
         <v>13</v>
       </c>
       <c r="C46"/>
       <c r="D46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E46" s="2"/>
       <c r="F46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J46" s="2"/>
       <c r="K46" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="B47" t="s">
         <v>13</v>
       </c>
       <c r="C47"/>
       <c r="D47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E47" s="2"/>
       <c r="F47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J47" s="2"/>
       <c r="K47" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="B48" t="s">
         <v>13</v>
       </c>
-      <c r="C48"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C48" t="s">
+        <v>63</v>
+      </c>
+      <c r="D48" s="2">
+        <v>100</v>
+      </c>
+      <c r="E48" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F48" s="2">
+        <v>0.9</v>
+      </c>
+      <c r="G48" s="2">
+        <v>0.6</v>
       </c>
       <c r="H48" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J48" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I48" s="2">
+        <v>100</v>
+      </c>
+      <c r="J48" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K48" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="B49" t="s">
         <v>13</v>
       </c>
       <c r="C49"/>
       <c r="D49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E49" s="2"/>
       <c r="F49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J49" s="2"/>
       <c r="K49" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B50" t="s">
         <v>13</v>
       </c>
       <c r="C50"/>
       <c r="D50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E50" s="2"/>
       <c r="F50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J50" s="2"/>
       <c r="K50" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B51" t="s">
         <v>13</v>
       </c>
-      <c r="C51" t="s">
-[...12 lines deleted...]
-        <v>4.75</v>
+      <c r="C51"/>
+      <c r="D51" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E51" s="2"/>
+      <c r="F51" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G51" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H51" s="2" t="s">
-        <v>70</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I51" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J51" s="2"/>
       <c r="K51" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="B52" t="s">
         <v>13</v>
       </c>
       <c r="C52"/>
       <c r="D52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E52" s="2"/>
       <c r="F52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J52" s="2"/>
       <c r="K52" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="B53" t="s">
         <v>13</v>
       </c>
       <c r="C53"/>
       <c r="D53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E53" s="2"/>
       <c r="F53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J53" s="2"/>
       <c r="K53" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="B54" t="s">
         <v>13</v>
       </c>
       <c r="C54" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="D54" s="2">
-        <v>100</v>
+        <v>134</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="F54" s="2">
-        <v>1.43</v>
+        <v>1.73</v>
       </c>
       <c r="G54" s="2">
-        <v>0.95</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1.15</v>
+      </c>
+      <c r="H54" s="2" t="s">
+        <v>28</v>
       </c>
       <c r="I54" s="2">
         <v>50</v>
       </c>
       <c r="J54" s="2" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="B55" t="s">
         <v>13</v>
       </c>
       <c r="C55" t="s">
-        <v>77</v>
+        <v>54</v>
       </c>
       <c r="D55" s="2">
-        <v>750</v>
+        <v>60</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>1.8</v>
+        <v>41</v>
+      </c>
+      <c r="F55" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="G55" s="2">
-        <v>1.2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1.65</v>
+      </c>
+      <c r="H55" s="2" t="s">
+        <v>28</v>
       </c>
       <c r="I55" s="2">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>79</v>
+        <v>29</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" t="s">
-        <v>80</v>
+        <v>69</v>
       </c>
       <c r="B56" t="s">
         <v>13</v>
       </c>
-      <c r="C56"/>
-[...3 lines deleted...]
-      <c r="E56" s="2"/>
+      <c r="C56" t="s">
+        <v>54</v>
+      </c>
+      <c r="D56" s="2">
+        <v>15</v>
+      </c>
+      <c r="E56" s="2" t="s">
+        <v>43</v>
+      </c>
       <c r="F56" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="G56" s="2" t="s">
-        <v>17</v>
+      <c r="G56" s="2">
+        <v>2.25</v>
       </c>
       <c r="H56" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J56" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I56" s="2">
+        <v>15</v>
+      </c>
+      <c r="J56" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K56" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="B57" t="s">
         <v>13</v>
       </c>
-      <c r="C57" t="s">
-[...9 lines deleted...]
-        <v>5.0</v>
+      <c r="C57"/>
+      <c r="D57" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E57" s="2"/>
+      <c r="F57" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H57" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I57" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J57" s="2"/>
       <c r="K57" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" t="s">
-        <v>85</v>
+        <v>71</v>
       </c>
       <c r="B58" t="s">
         <v>13</v>
       </c>
-      <c r="C58" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="C58"/>
+      <c r="D58" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E58" s="2"/>
+      <c r="F58" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G58" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H58" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I58" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J58" s="2"/>
       <c r="K58" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" t="s">
-        <v>85</v>
+        <v>72</v>
       </c>
       <c r="B59" t="s">
         <v>13</v>
       </c>
       <c r="C59" t="s">
-        <v>82</v>
+        <v>14</v>
       </c>
       <c r="D59" s="2">
-        <v>375</v>
+        <v>100</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>87</v>
+        <v>41</v>
       </c>
       <c r="F59" s="2">
-        <v>3.72</v>
+        <v>7.13</v>
       </c>
       <c r="G59" s="2">
-        <v>2.48</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4.75</v>
+      </c>
+      <c r="H59" s="2" t="s">
+        <v>45</v>
       </c>
       <c r="I59" s="2">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" t="s">
-        <v>85</v>
+        <v>74</v>
       </c>
       <c r="B60" t="s">
         <v>13</v>
       </c>
-      <c r="C60" t="s">
-[...9 lines deleted...]
-        <v>7.25</v>
+      <c r="C60"/>
+      <c r="D60" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E60" s="2"/>
+      <c r="F60" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H60" s="2" t="s">
-        <v>44</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I60" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J60" s="2"/>
       <c r="K60" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="B61" t="s">
         <v>13</v>
       </c>
-      <c r="C61" t="s">
-[...9 lines deleted...]
-        <v>9.5</v>
+      <c r="C61"/>
+      <c r="D61" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E61" s="2"/>
+      <c r="F61" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="G61" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H61" s="2" t="s">
-        <v>44</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I61" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J61" s="2"/>
       <c r="K61" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="B62" t="s">
         <v>13</v>
       </c>
       <c r="C62" t="s">
-        <v>82</v>
-[...8 lines deleted...]
-        <v>7.0</v>
+        <v>77</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E62" s="2"/>
+      <c r="F62" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H62" s="2" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>17</v>
+      </c>
+      <c r="I62" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="B63" t="s">
         <v>13</v>
       </c>
       <c r="C63" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="D63" s="2">
-        <v>125</v>
+        <v>425</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>91</v>
+        <v>80</v>
       </c>
       <c r="F63" s="2">
-        <v>11.75</v>
-[...5 lines deleted...]
-        <v>44</v>
+        <v>1.8</v>
+      </c>
+      <c r="G63" s="2">
+        <v>1.2</v>
+      </c>
+      <c r="H63" s="2">
+        <v>1</v>
       </c>
       <c r="I63" s="2">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="B64" t="s">
         <v>13</v>
       </c>
-      <c r="C64" t="s">
-[...9 lines deleted...]
-        <v>8.0</v>
+      <c r="C64"/>
+      <c r="D64" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E64" s="2"/>
+      <c r="F64" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H64" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I64" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J64" s="2"/>
       <c r="K64" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="B65" t="s">
         <v>13</v>
       </c>
-      <c r="C65"/>
-[...5 lines deleted...]
-        <v>17</v>
+      <c r="C65" t="s">
+        <v>84</v>
+      </c>
+      <c r="D65" s="2">
+        <v>15</v>
+      </c>
+      <c r="E65" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F65" s="2">
+        <v>5.0</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H65" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J65" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I65" s="2">
+        <v>25</v>
+      </c>
+      <c r="J65" s="2" t="s">
+        <v>86</v>
+      </c>
       <c r="K65" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="B66" t="s">
         <v>13</v>
       </c>
-      <c r="C66"/>
-[...16 lines deleted...]
-      <c r="J66" s="2"/>
+      <c r="C66" t="s">
+        <v>84</v>
+      </c>
+      <c r="D66" s="2">
+        <v>3100</v>
+      </c>
+      <c r="E66" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F66" s="2">
+        <v>1.08</v>
+      </c>
+      <c r="G66" s="2">
+        <v>0.72</v>
+      </c>
+      <c r="H66" s="2">
+        <v>1</v>
+      </c>
+      <c r="I66" s="2">
+        <v>100</v>
+      </c>
+      <c r="J66" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K66" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="B67" t="s">
         <v>13</v>
       </c>
-      <c r="C67"/>
-[...16 lines deleted...]
-      <c r="J67" s="2"/>
+      <c r="C67" t="s">
+        <v>84</v>
+      </c>
+      <c r="D67" s="2">
+        <v>350</v>
+      </c>
+      <c r="E67" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F67" s="2">
+        <v>3.72</v>
+      </c>
+      <c r="G67" s="2">
+        <v>2.48</v>
+      </c>
+      <c r="H67" s="2">
+        <v>1</v>
+      </c>
+      <c r="I67" s="2">
+        <v>25</v>
+      </c>
+      <c r="J67" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K67" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="B68" t="s">
         <v>13</v>
       </c>
-      <c r="C68"/>
-[...5 lines deleted...]
-        <v>17</v>
+      <c r="C68" t="s">
+        <v>84</v>
+      </c>
+      <c r="D68" s="2">
+        <v>39</v>
+      </c>
+      <c r="E68" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="F68" s="2">
+        <v>7.25</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H68" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J68" s="2"/>
+        <v>91</v>
+      </c>
+      <c r="I68" s="2">
+        <v>20</v>
+      </c>
+      <c r="J68" s="2" t="s">
+        <v>86</v>
+      </c>
       <c r="K68" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="B69" t="s">
         <v>13</v>
       </c>
       <c r="C69" t="s">
-        <v>14</v>
+        <v>84</v>
       </c>
       <c r="D69" s="2">
-        <v>250</v>
+        <v>48</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>53</v>
+        <v>92</v>
       </c>
       <c r="F69" s="2">
-        <v>1.35</v>
-[...2 lines deleted...]
-        <v>0.9</v>
+        <v>9.5</v>
+      </c>
+      <c r="G69" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H69" s="2" t="s">
-        <v>28</v>
+        <v>91</v>
       </c>
       <c r="I69" s="2">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="J69" s="2" t="s">
-        <v>29</v>
+        <v>86</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="B70" t="s">
         <v>13</v>
       </c>
       <c r="C70" t="s">
-        <v>14</v>
+        <v>84</v>
       </c>
       <c r="D70" s="2">
-        <v>800</v>
+        <v>11</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>27</v>
+        <v>93</v>
       </c>
       <c r="F70" s="2">
-        <v>0.68</v>
-[...2 lines deleted...]
-        <v>0.45</v>
+        <v>7.0</v>
+      </c>
+      <c r="G70" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H70" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I70" s="2">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>29</v>
+        <v>86</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" t="s">
+        <v>87</v>
+      </c>
+      <c r="B71" t="s">
+        <v>13</v>
+      </c>
+      <c r="C71" t="s">
+        <v>84</v>
+      </c>
+      <c r="D71" s="2">
         <v>97</v>
       </c>
-      <c r="B71" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E71" s="2" t="s">
-        <v>30</v>
+        <v>94</v>
       </c>
       <c r="F71" s="2">
-        <v>0.98</v>
-[...2 lines deleted...]
-        <v>0.65</v>
+        <v>12.5</v>
+      </c>
+      <c r="G71" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H71" s="2" t="s">
-        <v>28</v>
+        <v>91</v>
       </c>
       <c r="I71" s="2">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>29</v>
+        <v>86</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" t="s">
-        <v>98</v>
+        <v>87</v>
       </c>
       <c r="B72" t="s">
         <v>13</v>
       </c>
-      <c r="C72"/>
-[...5 lines deleted...]
-        <v>17</v>
+      <c r="C72" t="s">
+        <v>84</v>
+      </c>
+      <c r="D72" s="2">
+        <v>21</v>
+      </c>
+      <c r="E72" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="F72" s="2">
+        <v>8.0</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H72" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J72" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I72" s="2">
+        <v>15</v>
+      </c>
+      <c r="J72" s="2" t="s">
+        <v>86</v>
+      </c>
       <c r="K72" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="B73" t="s">
         <v>13</v>
       </c>
-      <c r="C73"/>
-[...5 lines deleted...]
-        <v>17</v>
+      <c r="C73" t="s">
+        <v>84</v>
+      </c>
+      <c r="D73" s="2">
+        <v>116</v>
+      </c>
+      <c r="E73" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="F73" s="2">
+        <v>16.0</v>
       </c>
       <c r="G73" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H73" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J73" s="2"/>
+        <v>91</v>
+      </c>
+      <c r="I73" s="2">
+        <v>10</v>
+      </c>
+      <c r="J73" s="2" t="s">
+        <v>86</v>
+      </c>
       <c r="K73" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="B74" t="s">
         <v>13</v>
       </c>
-      <c r="C74"/>
-[...5 lines deleted...]
-        <v>17</v>
+      <c r="C74" t="s">
+        <v>84</v>
+      </c>
+      <c r="D74" s="2">
+        <v>109</v>
+      </c>
+      <c r="E74" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="F74" s="2">
+        <v>11.0</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H74" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J74" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I74" s="2">
+        <v>10</v>
+      </c>
+      <c r="J74" s="2" t="s">
+        <v>86</v>
+      </c>
       <c r="K74" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B75" t="s">
         <v>13</v>
       </c>
-      <c r="C75"/>
-[...16 lines deleted...]
-      <c r="J75" s="2"/>
+      <c r="C75" t="s">
+        <v>54</v>
+      </c>
+      <c r="D75" s="2">
+        <v>500</v>
+      </c>
+      <c r="E75" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F75" s="2">
+        <v>1.43</v>
+      </c>
+      <c r="G75" s="2">
+        <v>0.95</v>
+      </c>
+      <c r="H75" s="2">
+        <v>1</v>
+      </c>
+      <c r="I75" s="2">
+        <v>50</v>
+      </c>
+      <c r="J75" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K75" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="B76" t="s">
         <v>13</v>
       </c>
-      <c r="C76"/>
-[...16 lines deleted...]
-      <c r="J76" s="2"/>
+      <c r="C76" t="s">
+        <v>54</v>
+      </c>
+      <c r="D76" s="2">
+        <v>213</v>
+      </c>
+      <c r="E76" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F76" s="2">
+        <v>1.88</v>
+      </c>
+      <c r="G76" s="2">
+        <v>1.25</v>
+      </c>
+      <c r="H76" s="2">
+        <v>1</v>
+      </c>
+      <c r="I76" s="2">
+        <v>25</v>
+      </c>
+      <c r="J76" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K76" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="B77" t="s">
         <v>13</v>
       </c>
-      <c r="C77"/>
-[...16 lines deleted...]
-      <c r="J77" s="2"/>
+      <c r="C77" t="s">
+        <v>54</v>
+      </c>
+      <c r="D77" s="2">
+        <v>2630</v>
+      </c>
+      <c r="E77" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F77" s="2">
+        <v>0.9</v>
+      </c>
+      <c r="G77" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="H77" s="2">
+        <v>1</v>
+      </c>
+      <c r="I77" s="2">
+        <v>100</v>
+      </c>
+      <c r="J77" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K77" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="B78" t="s">
         <v>13</v>
       </c>
       <c r="C78"/>
       <c r="D78" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E78" s="2"/>
       <c r="F78" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G78" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H78" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I78" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J78" s="2"/>
       <c r="K78" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="B79" t="s">
         <v>13</v>
       </c>
       <c r="C79"/>
       <c r="D79" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E79" s="2"/>
       <c r="F79" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G79" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H79" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J79" s="2"/>
       <c r="K79" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="B80" t="s">
         <v>13</v>
       </c>
       <c r="C80"/>
       <c r="D80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E80" s="2"/>
       <c r="F80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J80" s="2"/>
       <c r="K80" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="B81" t="s">
         <v>13</v>
       </c>
-      <c r="C81"/>
+      <c r="C81" t="s">
+        <v>14</v>
+      </c>
       <c r="D81" s="2">
-        <v>200</v>
+        <v>1640</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="F81" s="2">
-        <v>2.1</v>
+        <v>0.68</v>
       </c>
       <c r="G81" s="2">
-        <v>1.4</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>0.45</v>
+      </c>
+      <c r="H81" s="2" t="s">
+        <v>28</v>
       </c>
       <c r="I81" s="2">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="B82" t="s">
         <v>13</v>
       </c>
-      <c r="C82"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C82" t="s">
+        <v>14</v>
+      </c>
+      <c r="D82" s="2">
+        <v>2315</v>
+      </c>
+      <c r="E82" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F82" s="2">
+        <v>0.98</v>
+      </c>
+      <c r="G82" s="2">
+        <v>0.65</v>
       </c>
       <c r="H82" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J82" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I82" s="2">
+        <v>100</v>
+      </c>
+      <c r="J82" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K82" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="B83" t="s">
         <v>13</v>
       </c>
       <c r="C83"/>
       <c r="D83" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E83" s="2"/>
       <c r="F83" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G83" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H83" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I83" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J83" s="2"/>
       <c r="K83" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="B84" t="s">
         <v>13</v>
       </c>
       <c r="C84"/>
       <c r="D84" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E84" s="2"/>
       <c r="F84" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G84" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H84" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J84" s="2"/>
       <c r="K84" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="B85" t="s">
         <v>13</v>
       </c>
-      <c r="C85" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="C85"/>
+      <c r="D85" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E85" s="2"/>
+      <c r="F85" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G85" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H85" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I85" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J85" s="2"/>
       <c r="K85" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="B86" t="s">
         <v>13</v>
       </c>
-      <c r="C86" t="s">
-[...12 lines deleted...]
-        <v>0.65</v>
+      <c r="C86"/>
+      <c r="D86" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E86" s="2"/>
+      <c r="F86" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G86" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H86" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I86" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J86" s="2"/>
       <c r="K86" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B87" t="s">
         <v>13</v>
       </c>
-      <c r="C87" t="s">
-[...12 lines deleted...]
-        <v>0.95</v>
+      <c r="C87"/>
+      <c r="D87" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E87" s="2"/>
+      <c r="F87" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G87" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H87" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I87" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J87" s="2"/>
       <c r="K87" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="B88" t="s">
         <v>13</v>
       </c>
-      <c r="C88" t="s">
-[...12 lines deleted...]
-        <v>1.1</v>
+      <c r="C88"/>
+      <c r="D88" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E88" s="2"/>
+      <c r="F88" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G88" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H88" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I88" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J88" s="2"/>
       <c r="K88" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="B89" t="s">
         <v>13</v>
       </c>
       <c r="C89"/>
       <c r="D89" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E89" s="2"/>
       <c r="F89" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H89" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J89" s="2"/>
       <c r="K89" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="B90" t="s">
         <v>13</v>
       </c>
       <c r="C90"/>
       <c r="D90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E90" s="2"/>
       <c r="F90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J90" s="2"/>
       <c r="K90" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="B91" t="s">
         <v>13</v>
       </c>
       <c r="C91"/>
       <c r="D91" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E91" s="2"/>
       <c r="F91" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I91" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J91" s="2"/>
       <c r="K91" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="B92" t="s">
         <v>13</v>
       </c>
       <c r="C92"/>
-      <c r="D92" s="2" t="s">
-[...15 lines deleted...]
-      <c r="J92" s="2"/>
+      <c r="D92" s="2">
+        <v>200</v>
+      </c>
+      <c r="E92" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F92" s="2">
+        <v>2.1</v>
+      </c>
+      <c r="G92" s="2">
+        <v>1.4</v>
+      </c>
+      <c r="H92" s="2">
+        <v>1</v>
+      </c>
+      <c r="I92" s="2">
+        <v>50</v>
+      </c>
+      <c r="J92" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K92" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
       <c r="B93" t="s">
         <v>13</v>
       </c>
       <c r="C93"/>
       <c r="D93" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E93" s="2"/>
       <c r="F93" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J93" s="2"/>
       <c r="K93" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="B94" t="s">
         <v>13</v>
       </c>
       <c r="C94"/>
       <c r="D94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E94" s="2"/>
       <c r="F94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J94" s="2"/>
       <c r="K94" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="B95" t="s">
         <v>13</v>
       </c>
-      <c r="C95" t="s">
-[...12 lines deleted...]
-        <v>0.85</v>
+      <c r="C95"/>
+      <c r="D95" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E95" s="2"/>
+      <c r="F95" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G95" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H95" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I95" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J95" s="2"/>
       <c r="K95" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="B96" t="s">
         <v>13</v>
       </c>
-      <c r="C96"/>
-[...16 lines deleted...]
-      <c r="J96" s="2"/>
+      <c r="C96" t="s">
+        <v>14</v>
+      </c>
+      <c r="D96" s="2">
+        <v>400</v>
+      </c>
+      <c r="E96" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F96" s="2">
+        <v>0.68</v>
+      </c>
+      <c r="G96" s="2">
+        <v>0.45</v>
+      </c>
+      <c r="H96" s="2">
+        <v>1</v>
+      </c>
+      <c r="I96" s="2">
+        <v>100</v>
+      </c>
+      <c r="J96" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K96" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" t="s">
-        <v>124</v>
+        <v>117</v>
       </c>
       <c r="B97" t="s">
         <v>13</v>
       </c>
-      <c r="C97"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C97" t="s">
+        <v>84</v>
+      </c>
+      <c r="D97" s="2">
+        <v>463</v>
+      </c>
+      <c r="E97" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="F97" s="2">
+        <v>0.68</v>
+      </c>
+      <c r="G97" s="2">
+        <v>0.45</v>
       </c>
       <c r="H97" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J97" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I97" s="2">
+        <v>100</v>
+      </c>
+      <c r="J97" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K97" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="B98" t="s">
         <v>13</v>
       </c>
-      <c r="C98"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C98" t="s">
+        <v>84</v>
+      </c>
+      <c r="D98" s="2">
+        <v>672</v>
+      </c>
+      <c r="E98" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F98" s="2">
+        <v>0.98</v>
+      </c>
+      <c r="G98" s="2">
+        <v>0.65</v>
       </c>
       <c r="H98" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J98" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I98" s="2">
+        <v>100</v>
+      </c>
+      <c r="J98" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K98" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" t="s">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="B99" t="s">
         <v>13</v>
       </c>
-      <c r="C99"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C99" t="s">
+        <v>84</v>
+      </c>
+      <c r="D99" s="2">
+        <v>210</v>
+      </c>
+      <c r="E99" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F99" s="2">
+        <v>1.43</v>
+      </c>
+      <c r="G99" s="2">
+        <v>0.95</v>
       </c>
       <c r="H99" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J99" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I99" s="2">
+        <v>100</v>
+      </c>
+      <c r="J99" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K99" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="B100" t="s">
         <v>13</v>
       </c>
       <c r="C100"/>
       <c r="D100" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E100" s="2"/>
       <c r="F100" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G100" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H100" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I100" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J100" s="2"/>
       <c r="K100" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" t="s">
-        <v>128</v>
+        <v>120</v>
       </c>
       <c r="B101" t="s">
         <v>13</v>
       </c>
       <c r="C101"/>
       <c r="D101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E101" s="2"/>
       <c r="F101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J101" s="2"/>
       <c r="K101" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="B102" t="s">
         <v>13</v>
       </c>
       <c r="C102"/>
       <c r="D102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E102" s="2"/>
       <c r="F102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J102" s="2"/>
       <c r="K102" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
       <c r="B103" t="s">
         <v>13</v>
       </c>
       <c r="C103"/>
       <c r="D103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E103" s="2"/>
       <c r="F103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J103" s="2"/>
       <c r="K103" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="B104" t="s">
         <v>13</v>
       </c>
       <c r="C104"/>
       <c r="D104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E104" s="2"/>
       <c r="F104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J104" s="2"/>
       <c r="K104" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="B105" t="s">
         <v>13</v>
       </c>
       <c r="C105"/>
       <c r="D105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E105" s="2"/>
       <c r="F105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J105" s="2"/>
       <c r="K105" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="B106" t="s">
         <v>13</v>
       </c>
       <c r="C106"/>
       <c r="D106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E106" s="2"/>
       <c r="F106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J106" s="2"/>
       <c r="K106" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="B107" t="s">
         <v>13</v>
       </c>
-      <c r="C107"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C107" t="s">
+        <v>127</v>
+      </c>
+      <c r="D107" s="2">
+        <v>300</v>
+      </c>
+      <c r="E107" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F107" s="2">
+        <v>1.28</v>
+      </c>
+      <c r="G107" s="2">
+        <v>0.85</v>
       </c>
       <c r="H107" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J107" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I107" s="2">
+        <v>50</v>
+      </c>
+      <c r="J107" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K107" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="B108" t="s">
         <v>13</v>
       </c>
       <c r="C108"/>
       <c r="D108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E108" s="2"/>
       <c r="F108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J108" s="2"/>
       <c r="K108" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="B109" t="s">
         <v>13</v>
       </c>
-      <c r="C109" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C109"/>
       <c r="D109" s="2">
-        <v>1550</v>
+        <v>10</v>
       </c>
       <c r="E109" s="2" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>1.28</v>
+        <v>47</v>
+      </c>
+      <c r="F109" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="G109" s="2">
-        <v>0.85</v>
+        <v>2.95</v>
       </c>
       <c r="H109" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I109" s="2">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="J109" s="2" t="s">
-        <v>46</v>
+        <v>130</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="B110" t="s">
         <v>13</v>
       </c>
-      <c r="C110" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C110"/>
       <c r="D110" s="2">
-        <v>400</v>
+        <v>9</v>
       </c>
       <c r="E110" s="2" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>0.9</v>
+        <v>41</v>
+      </c>
+      <c r="F110" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="G110" s="2">
-        <v>0.6</v>
+        <v>3.75</v>
       </c>
       <c r="H110" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I110" s="2">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="J110" s="2" t="s">
-        <v>46</v>
+        <v>130</v>
       </c>
       <c r="K110" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" t="s">
-        <v>138</v>
+        <v>129</v>
       </c>
       <c r="B111" t="s">
         <v>13</v>
       </c>
-      <c r="C111" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C111"/>
       <c r="D111" s="2">
-        <v>1950</v>
+        <v>17</v>
       </c>
       <c r="E111" s="2" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>1.28</v>
+        <v>31</v>
+      </c>
+      <c r="F111" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="G111" s="2">
-        <v>0.85</v>
+        <v>1.75</v>
       </c>
       <c r="H111" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I111" s="2">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="J111" s="2" t="s">
-        <v>46</v>
+        <v>130</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="B112" t="s">
         <v>13</v>
       </c>
-      <c r="C112" t="s">
-[...12 lines deleted...]
-        <v>1.1</v>
+      <c r="C112"/>
+      <c r="D112" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E112" s="2"/>
+      <c r="F112" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G112" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H112" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I112" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J112" s="2"/>
       <c r="K112" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="B113" t="s">
         <v>13</v>
       </c>
-      <c r="C113" t="s">
-[...12 lines deleted...]
-        <v>0.6</v>
+      <c r="C113"/>
+      <c r="D113" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E113" s="2"/>
+      <c r="F113" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G113" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H113" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I113" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J113" s="2"/>
       <c r="K113" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="B114" t="s">
         <v>13</v>
       </c>
-      <c r="C114" t="s">
-[...12 lines deleted...]
-        <v>3.65</v>
+      <c r="C114"/>
+      <c r="D114" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E114" s="2"/>
+      <c r="F114" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G114" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H114" s="2" t="s">
-        <v>140</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I114" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J114" s="2"/>
       <c r="K114" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="B115" t="s">
         <v>13</v>
       </c>
-      <c r="C115" t="s">
-[...12 lines deleted...]
-        <v>4.95</v>
+      <c r="C115"/>
+      <c r="D115" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E115" s="2"/>
+      <c r="F115" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G115" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H115" s="2" t="s">
-        <v>140</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I115" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J115" s="2"/>
       <c r="K115" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" t="s">
-        <v>142</v>
+        <v>135</v>
       </c>
       <c r="B116" t="s">
         <v>13</v>
       </c>
       <c r="C116"/>
-      <c r="D116" s="2">
-[...9 lines deleted...]
-        <v>3.65</v>
+      <c r="D116" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E116" s="2"/>
+      <c r="F116" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G116" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H116" s="2" t="s">
-        <v>140</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I116" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J116" s="2"/>
       <c r="K116" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" t="s">
-        <v>144</v>
+        <v>136</v>
       </c>
       <c r="B117" t="s">
         <v>13</v>
       </c>
-      <c r="C117" t="s">
-[...12 lines deleted...]
-        <v>1.1</v>
+      <c r="C117"/>
+      <c r="D117" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E117" s="2"/>
+      <c r="F117" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G117" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H117" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I117" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J117" s="2"/>
       <c r="K117" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="B118" t="s">
         <v>13</v>
       </c>
-      <c r="C118" t="s">
-[...12 lines deleted...]
-        <v>0.6</v>
+      <c r="C118"/>
+      <c r="D118" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E118" s="2"/>
+      <c r="F118" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G118" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H118" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I118" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J118" s="2"/>
       <c r="K118" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="B119" t="s">
         <v>13</v>
       </c>
-      <c r="C119" t="s">
-[...12 lines deleted...]
-        <v>1.45</v>
+      <c r="C119"/>
+      <c r="D119" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E119" s="2"/>
+      <c r="F119" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G119" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H119" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I119" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J119" s="2"/>
       <c r="K119" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="B120" t="s">
         <v>13</v>
       </c>
-      <c r="C120" t="s">
-[...12 lines deleted...]
-        <v>1.95</v>
+      <c r="C120"/>
+      <c r="D120" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E120" s="2"/>
+      <c r="F120" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G120" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H120" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I120" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J120" s="2"/>
       <c r="K120" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="B121" t="s">
         <v>13</v>
       </c>
-      <c r="C121" t="s">
-[...12 lines deleted...]
-        <v>2.45</v>
+      <c r="C121"/>
+      <c r="D121" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E121" s="2"/>
+      <c r="F121" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G121" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H121" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I121" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J121" s="2"/>
       <c r="K121" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="B122" t="s">
         <v>13</v>
       </c>
       <c r="C122"/>
       <c r="D122" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E122" s="2"/>
       <c r="F122" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G122" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H122" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I122" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J122" s="2"/>
       <c r="K122" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="B123" t="s">
         <v>13</v>
       </c>
-      <c r="C123"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C123" t="s">
+        <v>14</v>
+      </c>
+      <c r="D123" s="2">
+        <v>872</v>
+      </c>
+      <c r="E123" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="F123" s="2">
+        <v>1.28</v>
+      </c>
+      <c r="G123" s="2">
+        <v>0.85</v>
       </c>
       <c r="H123" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J123" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I123" s="2">
+        <v>50</v>
+      </c>
+      <c r="J123" s="2" t="s">
+        <v>48</v>
+      </c>
       <c r="K123" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="B124" t="s">
         <v>13</v>
       </c>
-      <c r="C124"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C124" t="s">
+        <v>14</v>
+      </c>
+      <c r="D124" s="2">
+        <v>964</v>
+      </c>
+      <c r="E124" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F124" s="2">
+        <v>1.65</v>
+      </c>
+      <c r="G124" s="2">
+        <v>1.1</v>
       </c>
       <c r="H124" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J124" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I124" s="2">
+        <v>50</v>
+      </c>
+      <c r="J124" s="2" t="s">
+        <v>48</v>
+      </c>
       <c r="K124" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="B125" t="s">
         <v>13</v>
       </c>
-      <c r="C125"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C125" t="s">
+        <v>14</v>
+      </c>
+      <c r="D125" s="2">
+        <v>600</v>
+      </c>
+      <c r="E125" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F125" s="2">
+        <v>0.9</v>
+      </c>
+      <c r="G125" s="2">
+        <v>0.6</v>
       </c>
       <c r="H125" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J125" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I125" s="2">
+        <v>50</v>
+      </c>
+      <c r="J125" s="2" t="s">
+        <v>48</v>
+      </c>
       <c r="K125" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="B126" t="s">
         <v>13</v>
       </c>
       <c r="C126" t="s">
-        <v>150</v>
+        <v>54</v>
       </c>
       <c r="D126" s="2">
-        <v>1600</v>
+        <v>2386</v>
       </c>
       <c r="E126" s="2" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="F126" s="2">
-        <v>0.83</v>
+        <v>1.28</v>
       </c>
       <c r="G126" s="2">
-        <v>0.55</v>
+        <v>0.85</v>
       </c>
       <c r="H126" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I126" s="2">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J126" s="2" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="K126" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="B127" t="s">
         <v>13</v>
       </c>
-      <c r="C127"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C127" t="s">
+        <v>54</v>
+      </c>
+      <c r="D127" s="2">
+        <v>466</v>
+      </c>
+      <c r="E127" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F127" s="2">
+        <v>1.65</v>
+      </c>
+      <c r="G127" s="2">
+        <v>1.1</v>
       </c>
       <c r="H127" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J127" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I127" s="2">
+        <v>50</v>
+      </c>
+      <c r="J127" s="2" t="s">
+        <v>48</v>
+      </c>
       <c r="K127" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" t="s">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="B128" t="s">
         <v>13</v>
       </c>
       <c r="C128" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="D128" s="2">
-        <v>4000</v>
+        <v>71</v>
       </c>
       <c r="E128" s="2" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="F128" s="2">
-        <v>0.9</v>
+        <v>2.1</v>
       </c>
       <c r="G128" s="2">
-        <v>0.6</v>
+        <v>1.4</v>
       </c>
       <c r="H128" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I128" s="2">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="J128" s="2" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="K128" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" t="s">
-        <v>153</v>
+        <v>144</v>
       </c>
       <c r="B129" t="s">
         <v>13</v>
       </c>
-      <c r="C129"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C129" t="s">
+        <v>54</v>
+      </c>
+      <c r="D129" s="2">
+        <v>578</v>
+      </c>
+      <c r="E129" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F129" s="2">
+        <v>0.9</v>
+      </c>
+      <c r="G129" s="2">
+        <v>0.6</v>
       </c>
       <c r="H129" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J129" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I129" s="2">
+        <v>50</v>
+      </c>
+      <c r="J129" s="2" t="s">
+        <v>48</v>
+      </c>
       <c r="K129" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" t="s">
-        <v>154</v>
+        <v>145</v>
       </c>
       <c r="B130" t="s">
         <v>13</v>
       </c>
       <c r="C130" t="s">
-        <v>14</v>
-[...9 lines deleted...]
-        <v>17</v>
+        <v>127</v>
+      </c>
+      <c r="D130" s="2">
+        <v>30</v>
+      </c>
+      <c r="E130" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F130" s="2">
+        <v>5.18</v>
+      </c>
+      <c r="G130" s="2">
+        <v>3.65</v>
       </c>
       <c r="H130" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J130" s="2"/>
+        <v>146</v>
+      </c>
+      <c r="I130" s="2">
+        <v>20</v>
+      </c>
+      <c r="J130" s="2" t="s">
+        <v>73</v>
+      </c>
       <c r="K130" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="B131" t="s">
         <v>13</v>
       </c>
       <c r="C131"/>
-      <c r="D131" s="2" t="s">
-[...7 lines deleted...]
-        <v>17</v>
+      <c r="D131" s="2">
+        <v>100</v>
+      </c>
+      <c r="E131" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="F131" s="2">
+        <v>5.18</v>
+      </c>
+      <c r="G131" s="2">
+        <v>3.65</v>
       </c>
       <c r="H131" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J131" s="2"/>
+        <v>146</v>
+      </c>
+      <c r="I131" s="2">
+        <v>10</v>
+      </c>
+      <c r="J131" s="2" t="s">
+        <v>73</v>
+      </c>
       <c r="K131" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="B132" t="s">
         <v>13</v>
       </c>
       <c r="C132" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="D132" s="2">
-        <v>200</v>
+        <v>600</v>
       </c>
       <c r="E132" s="2" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="F132" s="2">
-        <v>2.4</v>
+        <v>1.2</v>
       </c>
       <c r="G132" s="2">
-        <v>1.6</v>
+        <v>0.8</v>
       </c>
       <c r="H132" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I132" s="2">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="J132" s="2" t="s">
-        <v>71</v>
+        <v>48</v>
       </c>
       <c r="K132" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" t="s">
-        <v>157</v>
+        <v>149</v>
       </c>
       <c r="B133" t="s">
         <v>13</v>
       </c>
-      <c r="C133"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C133" t="s">
+        <v>54</v>
+      </c>
+      <c r="D133" s="2">
+        <v>150</v>
+      </c>
+      <c r="E133" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F133" s="2">
+        <v>1.43</v>
+      </c>
+      <c r="G133" s="2">
+        <v>0.95</v>
       </c>
       <c r="H133" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J133" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I133" s="2">
+        <v>50</v>
+      </c>
+      <c r="J133" s="2" t="s">
+        <v>48</v>
+      </c>
       <c r="K133" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" t="s">
-        <v>158</v>
+        <v>149</v>
       </c>
       <c r="B134" t="s">
         <v>13</v>
       </c>
       <c r="C134" t="s">
-        <v>77</v>
+        <v>54</v>
       </c>
       <c r="D134" s="2">
-        <v>650</v>
+        <v>425</v>
       </c>
       <c r="E134" s="2" t="s">
-        <v>159</v>
+        <v>31</v>
       </c>
       <c r="F134" s="2">
-        <v>2.18</v>
+        <v>0.9</v>
       </c>
       <c r="G134" s="2">
-        <v>1.45</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>0.6</v>
+      </c>
+      <c r="H134" s="2" t="s">
+        <v>28</v>
       </c>
       <c r="I134" s="2">
         <v>50</v>
       </c>
       <c r="J134" s="2" t="s">
-        <v>160</v>
+        <v>48</v>
       </c>
       <c r="K134" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" t="s">
-        <v>161</v>
+        <v>149</v>
       </c>
       <c r="B135" t="s">
         <v>13</v>
       </c>
-      <c r="C135"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C135" t="s">
+        <v>54</v>
+      </c>
+      <c r="D135" s="2">
+        <v>200</v>
+      </c>
+      <c r="E135" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="F135" s="2">
+        <v>2.18</v>
+      </c>
+      <c r="G135" s="2">
+        <v>1.45</v>
       </c>
       <c r="H135" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J135" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I135" s="2">
+        <v>25</v>
+      </c>
+      <c r="J135" s="2" t="s">
+        <v>73</v>
+      </c>
       <c r="K135" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136" t="s">
-        <v>162</v>
+        <v>149</v>
       </c>
       <c r="B136" t="s">
         <v>13</v>
       </c>
-      <c r="C136"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C136" t="s">
+        <v>54</v>
+      </c>
+      <c r="D136" s="2">
+        <v>315</v>
+      </c>
+      <c r="E136" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F136" s="2">
+        <v>2.93</v>
+      </c>
+      <c r="G136" s="2">
+        <v>1.95</v>
       </c>
       <c r="H136" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J136" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I136" s="2">
+        <v>25</v>
+      </c>
+      <c r="J136" s="2" t="s">
+        <v>73</v>
+      </c>
       <c r="K136" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" t="s">
-        <v>163</v>
+        <v>149</v>
       </c>
       <c r="B137" t="s">
         <v>13</v>
       </c>
-      <c r="C137"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C137" t="s">
+        <v>54</v>
+      </c>
+      <c r="D137" s="2">
+        <v>230</v>
+      </c>
+      <c r="E137" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F137" s="2">
+        <v>3.68</v>
+      </c>
+      <c r="G137" s="2">
+        <v>2.45</v>
       </c>
       <c r="H137" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J137" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I137" s="2">
+        <v>20</v>
+      </c>
+      <c r="J137" s="2" t="s">
+        <v>73</v>
+      </c>
       <c r="K137" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" t="s">
-        <v>164</v>
+        <v>149</v>
       </c>
       <c r="B138" t="s">
         <v>13</v>
       </c>
       <c r="C138" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D138" s="2">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="E138" s="2" t="s">
-        <v>165</v>
+        <v>58</v>
       </c>
       <c r="F138" s="2">
-        <v>1.05</v>
+        <v>4.73</v>
       </c>
       <c r="G138" s="2">
-        <v>0.7</v>
+        <v>3.15</v>
       </c>
       <c r="H138" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I138" s="2">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="J138" s="2" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="K138" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139" t="s">
-        <v>166</v>
+        <v>149</v>
       </c>
       <c r="B139" t="s">
         <v>13</v>
       </c>
-      <c r="C139"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C139" t="s">
+        <v>54</v>
+      </c>
+      <c r="D139" s="2">
+        <v>75</v>
+      </c>
+      <c r="E139" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F139" s="2">
+        <v>1.43</v>
+      </c>
+      <c r="G139" s="2">
+        <v>0.95</v>
       </c>
       <c r="H139" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J139" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I139" s="2">
+        <v>25</v>
+      </c>
+      <c r="J139" s="2" t="s">
+        <v>73</v>
+      </c>
       <c r="K139" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140" t="s">
-        <v>167</v>
+        <v>150</v>
       </c>
       <c r="B140" t="s">
-        <v>168</v>
+        <v>13</v>
       </c>
       <c r="C140"/>
       <c r="D140" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E140" s="2"/>
       <c r="F140" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G140" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H140" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I140" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J140" s="2"/>
       <c r="K140" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141" t="s">
-        <v>167</v>
+        <v>151</v>
       </c>
       <c r="B141" t="s">
-        <v>168</v>
+        <v>13</v>
       </c>
       <c r="C141"/>
       <c r="D141" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E141" s="2"/>
       <c r="F141" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G141" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H141" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I141" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J141" s="2"/>
       <c r="K141" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142" t="s">
-        <v>169</v>
+        <v>152</v>
       </c>
       <c r="B142" t="s">
-        <v>168</v>
-[...14 lines deleted...]
-        <v>1.0</v>
+        <v>13</v>
+      </c>
+      <c r="C142"/>
+      <c r="D142" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E142" s="2"/>
+      <c r="F142" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G142" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H142" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I142" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I142" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J142" s="2"/>
       <c r="K142" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="143" spans="1:11">
       <c r="A143" t="s">
-        <v>169</v>
+        <v>153</v>
       </c>
       <c r="B143" t="s">
-        <v>168</v>
-[...14 lines deleted...]
-        <v>0.75</v>
+        <v>13</v>
+      </c>
+      <c r="C143"/>
+      <c r="D143" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E143" s="2"/>
+      <c r="F143" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G143" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H143" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I143" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I143" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J143" s="2"/>
       <c r="K143" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144" t="s">
-        <v>169</v>
+        <v>154</v>
       </c>
       <c r="B144" t="s">
-        <v>168</v>
-[...14 lines deleted...]
-        <v>0.5</v>
+        <v>13</v>
+      </c>
+      <c r="C144"/>
+      <c r="D144" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E144" s="2"/>
+      <c r="F144" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G144" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H144" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I144" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I144" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J144" s="2"/>
       <c r="K144" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145" t="s">
-        <v>174</v>
+        <v>155</v>
       </c>
       <c r="B145" t="s">
-        <v>168</v>
-[...14 lines deleted...]
-        <v>1.0</v>
+        <v>13</v>
+      </c>
+      <c r="C145"/>
+      <c r="D145" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E145" s="2"/>
+      <c r="F145" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G145" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H145" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I145" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I145" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J145" s="2"/>
       <c r="K145" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="146" spans="1:11">
       <c r="A146" t="s">
-        <v>174</v>
+        <v>156</v>
       </c>
       <c r="B146" t="s">
-        <v>168</v>
+        <v>13</v>
       </c>
       <c r="C146" t="s">
-        <v>175</v>
+        <v>14</v>
       </c>
       <c r="D146" s="2">
-        <v>755</v>
+        <v>3900</v>
       </c>
       <c r="E146" s="2" t="s">
-        <v>173</v>
+        <v>31</v>
       </c>
       <c r="F146" s="2">
-        <v>0.75</v>
+        <v>0.9</v>
       </c>
       <c r="G146" s="2">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="H146" s="2" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="I146" s="2">
         <v>100</v>
       </c>
       <c r="J146" s="2" t="s">
-        <v>171</v>
+        <v>29</v>
       </c>
       <c r="K146" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147" t="s">
-        <v>176</v>
+        <v>157</v>
       </c>
       <c r="B147" t="s">
-        <v>168</v>
+        <v>13</v>
       </c>
       <c r="C147"/>
       <c r="D147" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E147" s="2"/>
       <c r="F147" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G147" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H147" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I147" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J147" s="2"/>
       <c r="K147" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" t="s">
-        <v>177</v>
+        <v>158</v>
       </c>
       <c r="B148" t="s">
-        <v>168</v>
+        <v>13</v>
       </c>
       <c r="C148" t="s">
-        <v>178</v>
-[...11 lines deleted...]
-        <v>0.6</v>
+        <v>14</v>
+      </c>
+      <c r="D148" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E148" s="2"/>
+      <c r="F148" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G148" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H148" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I148" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I148" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J148" s="2"/>
       <c r="K148" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" t="s">
-        <v>180</v>
+        <v>159</v>
       </c>
       <c r="B149" t="s">
-        <v>168</v>
+        <v>13</v>
       </c>
       <c r="C149"/>
       <c r="D149" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E149" s="2"/>
       <c r="F149" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G149" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H149" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I149" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J149" s="2"/>
       <c r="K149" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" t="s">
-        <v>181</v>
+        <v>160</v>
       </c>
       <c r="B150" t="s">
-        <v>168</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>13</v>
+      </c>
+      <c r="C150" t="s">
+        <v>14</v>
+      </c>
+      <c r="D150" s="2">
+        <v>200</v>
+      </c>
+      <c r="E150" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F150" s="2">
+        <v>2.4</v>
+      </c>
+      <c r="G150" s="2">
+        <v>1.6</v>
       </c>
       <c r="H150" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J150" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I150" s="2">
+        <v>25</v>
+      </c>
+      <c r="J150" s="2" t="s">
+        <v>73</v>
+      </c>
       <c r="K150" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" t="s">
-        <v>182</v>
+        <v>161</v>
       </c>
       <c r="B151" t="s">
-        <v>168</v>
-[...14 lines deleted...]
-        <v>0.65</v>
+        <v>13</v>
+      </c>
+      <c r="C151"/>
+      <c r="D151" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E151" s="2"/>
+      <c r="F151" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G151" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H151" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I151" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I151" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J151" s="2"/>
       <c r="K151" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152" t="s">
-        <v>184</v>
+        <v>162</v>
       </c>
       <c r="B152" t="s">
-        <v>168</v>
-[...18 lines deleted...]
-      <c r="J152" s="2"/>
+        <v>13</v>
+      </c>
+      <c r="C152" t="s">
+        <v>79</v>
+      </c>
+      <c r="D152" s="2">
+        <v>650</v>
+      </c>
+      <c r="E152" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="F152" s="2">
+        <v>2.18</v>
+      </c>
+      <c r="G152" s="2">
+        <v>1.45</v>
+      </c>
+      <c r="H152" s="2">
+        <v>1</v>
+      </c>
+      <c r="I152" s="2">
+        <v>50</v>
+      </c>
+      <c r="J152" s="2" t="s">
+        <v>164</v>
+      </c>
       <c r="K152" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153" t="s">
-        <v>185</v>
+        <v>165</v>
       </c>
       <c r="B153" t="s">
-        <v>168</v>
-[...14 lines deleted...]
-        <v>1.25</v>
+        <v>13</v>
+      </c>
+      <c r="C153"/>
+      <c r="D153" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E153" s="2"/>
+      <c r="F153" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G153" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H153" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I153" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I153" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J153" s="2"/>
       <c r="K153" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154" t="s">
-        <v>185</v>
+        <v>166</v>
       </c>
       <c r="B154" t="s">
-        <v>168</v>
-[...14 lines deleted...]
-        <v>0.85</v>
+        <v>13</v>
+      </c>
+      <c r="C154"/>
+      <c r="D154" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E154" s="2"/>
+      <c r="F154" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G154" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H154" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I154" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I154" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J154" s="2"/>
       <c r="K154" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155" t="s">
-        <v>185</v>
+        <v>167</v>
       </c>
       <c r="B155" t="s">
-        <v>168</v>
-[...14 lines deleted...]
-        <v>0.6</v>
+        <v>13</v>
+      </c>
+      <c r="C155"/>
+      <c r="D155" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E155" s="2"/>
+      <c r="F155" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G155" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H155" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I155" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I155" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J155" s="2"/>
       <c r="K155" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156" t="s">
-        <v>186</v>
+        <v>168</v>
       </c>
       <c r="B156" t="s">
-        <v>168</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>13</v>
+      </c>
+      <c r="C156" t="s">
+        <v>54</v>
+      </c>
+      <c r="D156" s="2">
+        <v>759</v>
+      </c>
+      <c r="E156" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="F156" s="2">
+        <v>0.9</v>
+      </c>
+      <c r="G156" s="2">
+        <v>0.6</v>
       </c>
       <c r="H156" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J156" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I156" s="2">
+        <v>100</v>
+      </c>
+      <c r="J156" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K156" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157" t="s">
-        <v>187</v>
+        <v>168</v>
       </c>
       <c r="B157" t="s">
-        <v>168</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>13</v>
+      </c>
+      <c r="C157" t="s">
+        <v>54</v>
+      </c>
+      <c r="D157" s="2">
+        <v>250</v>
+      </c>
+      <c r="E157" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F157" s="2">
+        <v>1.2</v>
+      </c>
+      <c r="G157" s="2">
+        <v>0.8</v>
       </c>
       <c r="H157" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J157" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I157" s="2">
+        <v>100</v>
+      </c>
+      <c r="J157" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K157" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158" t="s">
-        <v>188</v>
+        <v>169</v>
       </c>
       <c r="B158" t="s">
-        <v>168</v>
+        <v>13</v>
       </c>
       <c r="C158"/>
-      <c r="D158" s="2">
-[...9 lines deleted...]
-        <v>1.0</v>
+      <c r="D158" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E158" s="2"/>
+      <c r="F158" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G158" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H158" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I158" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J158" s="2"/>
       <c r="K158" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159" t="s">
-        <v>188</v>
+        <v>170</v>
       </c>
       <c r="B159" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C159"/>
-      <c r="D159" s="2">
-[...9 lines deleted...]
-        <v>0.8</v>
+      <c r="D159" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E159" s="2"/>
+      <c r="F159" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G159" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H159" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I159" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J159" s="2"/>
       <c r="K159" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="160" spans="1:11">
       <c r="A160" t="s">
-        <v>188</v>
+        <v>170</v>
       </c>
       <c r="B160" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C160"/>
-      <c r="D160" s="2">
-[...9 lines deleted...]
-        <v>0.55</v>
+      <c r="D160" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E160" s="2"/>
+      <c r="F160" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G160" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H160" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I160" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J160" s="2"/>
       <c r="K160" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="161" spans="1:11">
       <c r="A161" t="s">
-        <v>188</v>
+        <v>172</v>
       </c>
       <c r="B161" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="C161"/>
+        <v>171</v>
+      </c>
+      <c r="C161" t="s">
+        <v>14</v>
+      </c>
       <c r="D161" s="2">
-        <v>240</v>
+        <v>115</v>
       </c>
       <c r="E161" s="2" t="s">
-        <v>189</v>
+        <v>173</v>
       </c>
       <c r="F161" s="2">
-        <v>2.03</v>
+        <v>1.5</v>
       </c>
       <c r="G161" s="2">
-        <v>1.35</v>
+        <v>1.0</v>
       </c>
       <c r="H161" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I161" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J161" s="2"/>
+      <c r="I161" s="2">
+        <v>25</v>
+      </c>
+      <c r="J161" s="2" t="s">
+        <v>174</v>
+      </c>
       <c r="K161" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162" t="s">
-        <v>190</v>
+        <v>172</v>
       </c>
       <c r="B162" t="s">
-        <v>168</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>171</v>
+      </c>
+      <c r="C162" t="s">
+        <v>14</v>
+      </c>
+      <c r="D162" s="2">
+        <v>225</v>
+      </c>
+      <c r="E162" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="F162" s="2">
+        <v>1.13</v>
+      </c>
+      <c r="G162" s="2">
+        <v>0.75</v>
       </c>
       <c r="H162" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I162" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J162" s="2"/>
+      <c r="I162" s="2">
+        <v>50</v>
+      </c>
+      <c r="J162" s="2" t="s">
+        <v>174</v>
+      </c>
       <c r="K162" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="163" spans="1:11">
       <c r="A163" t="s">
-        <v>191</v>
+        <v>172</v>
       </c>
       <c r="B163" t="s">
-        <v>168</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>171</v>
+      </c>
+      <c r="C163" t="s">
+        <v>14</v>
+      </c>
+      <c r="D163" s="2">
+        <v>1610</v>
+      </c>
+      <c r="E163" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="F163" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="G163" s="2">
+        <v>0.5</v>
       </c>
       <c r="H163" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I163" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J163" s="2"/>
+      <c r="I163" s="2">
+        <v>100</v>
+      </c>
+      <c r="J163" s="2" t="s">
+        <v>174</v>
+      </c>
       <c r="K163" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="164" spans="1:11">
       <c r="A164" t="s">
-        <v>192</v>
+        <v>177</v>
       </c>
       <c r="B164" t="s">
-        <v>168</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>171</v>
+      </c>
+      <c r="C164" t="s">
+        <v>178</v>
+      </c>
+      <c r="D164" s="2">
+        <v>21</v>
+      </c>
+      <c r="E164" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F164" s="2">
+        <v>1.5</v>
+      </c>
+      <c r="G164" s="2">
+        <v>1.0</v>
       </c>
       <c r="H164" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I164" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J164" s="2"/>
+      <c r="I164" s="2">
+        <v>25</v>
+      </c>
+      <c r="J164" s="2" t="s">
+        <v>174</v>
+      </c>
       <c r="K164" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165" t="s">
-        <v>193</v>
+        <v>179</v>
       </c>
       <c r="B165" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C165"/>
       <c r="D165" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E165" s="2"/>
       <c r="F165" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G165" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H165" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I165" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J165" s="2"/>
       <c r="K165" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166" t="s">
-        <v>194</v>
+        <v>180</v>
       </c>
       <c r="B166" t="s">
-        <v>168</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>171</v>
+      </c>
+      <c r="C166" t="s">
+        <v>181</v>
+      </c>
+      <c r="D166" s="2">
+        <v>50</v>
+      </c>
+      <c r="E166" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="F166" s="2">
+        <v>0.72</v>
+      </c>
+      <c r="G166" s="2">
+        <v>0.6</v>
       </c>
       <c r="H166" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I166" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J166" s="2"/>
+      <c r="I166" s="2">
+        <v>100</v>
+      </c>
+      <c r="J166" s="2" t="s">
+        <v>182</v>
+      </c>
       <c r="K166" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="167" spans="1:11">
       <c r="A167" t="s">
-        <v>195</v>
+        <v>183</v>
       </c>
       <c r="B167" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C167"/>
       <c r="D167" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E167" s="2"/>
       <c r="F167" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G167" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H167" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I167" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J167" s="2"/>
       <c r="K167" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="168" spans="1:11">
       <c r="A168" t="s">
-        <v>196</v>
+        <v>184</v>
       </c>
       <c r="B168" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C168"/>
       <c r="D168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E168" s="2"/>
       <c r="F168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J168" s="2"/>
       <c r="K168" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="169" spans="1:11">
       <c r="A169" t="s">
-        <v>197</v>
+        <v>185</v>
       </c>
       <c r="B169" t="s">
-        <v>168</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>171</v>
+      </c>
+      <c r="C169" t="s">
+        <v>14</v>
+      </c>
+      <c r="D169" s="2">
+        <v>800</v>
+      </c>
+      <c r="E169" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="F169" s="2">
+        <v>0.98</v>
+      </c>
+      <c r="G169" s="2">
+        <v>0.65</v>
       </c>
       <c r="H169" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I169" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J169" s="2"/>
+      <c r="I169" s="2">
+        <v>100</v>
+      </c>
+      <c r="J169" s="2" t="s">
+        <v>186</v>
+      </c>
       <c r="K169" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="170" spans="1:11">
       <c r="A170" t="s">
-        <v>198</v>
+        <v>187</v>
       </c>
       <c r="B170" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C170"/>
       <c r="D170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E170" s="2"/>
       <c r="F170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J170" s="2"/>
       <c r="K170" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171" t="s">
-        <v>199</v>
+        <v>188</v>
       </c>
       <c r="B171" t="s">
-        <v>168</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>171</v>
+      </c>
+      <c r="C171" t="s">
+        <v>14</v>
+      </c>
+      <c r="D171" s="2">
+        <v>125</v>
+      </c>
+      <c r="E171" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F171" s="2">
+        <v>1.88</v>
+      </c>
+      <c r="G171" s="2">
+        <v>1.25</v>
       </c>
       <c r="H171" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I171" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J171" s="2"/>
+      <c r="I171" s="2">
+        <v>25</v>
+      </c>
+      <c r="J171" s="2" t="s">
+        <v>186</v>
+      </c>
       <c r="K171" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="A172" t="s">
-        <v>200</v>
+        <v>188</v>
       </c>
       <c r="B172" t="s">
-        <v>168</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>171</v>
+      </c>
+      <c r="C172" t="s">
+        <v>14</v>
+      </c>
+      <c r="D172" s="2">
+        <v>1900</v>
+      </c>
+      <c r="E172" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="F172" s="2">
+        <v>0.9</v>
+      </c>
+      <c r="G172" s="2">
+        <v>0.6</v>
       </c>
       <c r="H172" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I172" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J172" s="2"/>
+      <c r="I172" s="2">
+        <v>100</v>
+      </c>
+      <c r="J172" s="2" t="s">
+        <v>186</v>
+      </c>
       <c r="K172" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173" t="s">
-        <v>201</v>
+        <v>189</v>
       </c>
       <c r="B173" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C173"/>
       <c r="D173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E173" s="2"/>
       <c r="F173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J173" s="2"/>
       <c r="K173" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="174" spans="1:11">
       <c r="A174" t="s">
-        <v>202</v>
+        <v>190</v>
       </c>
       <c r="B174" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C174"/>
       <c r="D174" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E174" s="2"/>
       <c r="F174" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G174" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H174" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I174" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J174" s="2"/>
       <c r="K174" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="175" spans="1:11">
       <c r="A175" t="s">
-        <v>203</v>
+        <v>191</v>
       </c>
       <c r="B175" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C175"/>
       <c r="D175" s="2">
-        <v>400</v>
+        <v>330</v>
       </c>
       <c r="E175" s="2" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="F175" s="2">
-        <v>1.65</v>
+        <v>1.5</v>
       </c>
       <c r="G175" s="2">
-        <v>1.1</v>
+        <v>1.0</v>
       </c>
       <c r="H175" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I175" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J175" s="2"/>
       <c r="K175" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="176" spans="1:11">
       <c r="A176" t="s">
-        <v>203</v>
+        <v>191</v>
       </c>
       <c r="B176" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C176"/>
       <c r="D176" s="2">
-        <v>175</v>
+        <v>640</v>
       </c>
       <c r="E176" s="2" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="F176" s="2">
-        <v>1.2</v>
+        <v>0.83</v>
       </c>
       <c r="G176" s="2">
-        <v>0.8</v>
+        <v>0.55</v>
       </c>
       <c r="H176" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I176" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J176" s="2"/>
       <c r="K176" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177" t="s">
-        <v>203</v>
+        <v>191</v>
       </c>
       <c r="B177" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C177"/>
       <c r="D177" s="2">
-        <v>1050</v>
+        <v>90</v>
       </c>
       <c r="E177" s="2" t="s">
-        <v>173</v>
+        <v>192</v>
       </c>
       <c r="F177" s="2">
-        <v>0.83</v>
+        <v>2.03</v>
       </c>
       <c r="G177" s="2">
-        <v>0.55</v>
+        <v>1.35</v>
       </c>
       <c r="H177" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I177" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J177" s="2"/>
       <c r="K177" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178" t="s">
-        <v>203</v>
+        <v>193</v>
       </c>
       <c r="B178" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C178"/>
-      <c r="D178" s="2">
-[...9 lines deleted...]
-        <v>1.75</v>
+      <c r="D178" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E178" s="2"/>
+      <c r="F178" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G178" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H178" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I178" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J178" s="2"/>
       <c r="K178" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="B179" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C179"/>
       <c r="D179" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E179" s="2"/>
       <c r="F179" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G179" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H179" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I179" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J179" s="2"/>
       <c r="K179" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180" t="s">
-        <v>206</v>
+        <v>195</v>
       </c>
       <c r="B180" t="s">
-        <v>168</v>
-[...14 lines deleted...]
-        <v>0.65</v>
+        <v>171</v>
+      </c>
+      <c r="C180"/>
+      <c r="D180" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E180" s="2"/>
+      <c r="F180" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G180" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H180" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I180" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I180" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J180" s="2"/>
       <c r="K180" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181" t="s">
-        <v>207</v>
+        <v>196</v>
       </c>
       <c r="B181" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C181"/>
       <c r="D181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E181" s="2"/>
       <c r="F181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J181" s="2"/>
       <c r="K181" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182" t="s">
-        <v>208</v>
+        <v>197</v>
       </c>
       <c r="B182" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C182"/>
       <c r="D182" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E182" s="2"/>
       <c r="F182" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G182" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H182" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I182" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J182" s="2"/>
       <c r="K182" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="183" spans="1:11">
       <c r="A183" t="s">
-        <v>209</v>
+        <v>198</v>
       </c>
       <c r="B183" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C183"/>
       <c r="D183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E183" s="2"/>
       <c r="F183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J183" s="2"/>
       <c r="K183" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="184" spans="1:11">
       <c r="A184" t="s">
-        <v>210</v>
+        <v>199</v>
       </c>
       <c r="B184" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C184"/>
       <c r="D184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E184" s="2"/>
       <c r="F184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J184" s="2"/>
       <c r="K184" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="185" spans="1:11">
       <c r="A185" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
       <c r="B185" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C185"/>
       <c r="D185" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E185" s="2"/>
       <c r="F185" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G185" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H185" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I185" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J185" s="2"/>
       <c r="K185" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="186" spans="1:11">
       <c r="A186" t="s">
-        <v>212</v>
+        <v>201</v>
       </c>
       <c r="B186" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C186"/>
       <c r="D186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E186" s="2"/>
       <c r="F186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J186" s="2"/>
       <c r="K186" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="187" spans="1:11">
       <c r="A187" t="s">
-        <v>213</v>
+        <v>202</v>
       </c>
       <c r="B187" t="s">
-        <v>168</v>
-[...14 lines deleted...]
-        <v>0.4</v>
+        <v>171</v>
+      </c>
+      <c r="C187"/>
+      <c r="D187" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E187" s="2"/>
+      <c r="F187" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G187" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H187" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I187" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I187" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J187" s="2"/>
       <c r="K187" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="188" spans="1:11">
       <c r="A188" t="s">
-        <v>217</v>
+        <v>203</v>
       </c>
       <c r="B188" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C188"/>
       <c r="D188" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E188" s="2"/>
       <c r="F188" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G188" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H188" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I188" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J188" s="2"/>
       <c r="K188" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189" t="s">
-        <v>218</v>
+        <v>204</v>
       </c>
       <c r="B189" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C189"/>
       <c r="D189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E189" s="2"/>
       <c r="F189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J189" s="2"/>
       <c r="K189" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="190" spans="1:11">
       <c r="A190" t="s">
-        <v>219</v>
+        <v>205</v>
       </c>
       <c r="B190" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C190"/>
       <c r="D190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E190" s="2"/>
       <c r="F190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J190" s="2"/>
       <c r="K190" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="191" spans="1:11">
       <c r="A191" t="s">
-        <v>220</v>
+        <v>206</v>
       </c>
       <c r="B191" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C191"/>
-      <c r="D191" s="2" t="s">
-[...7 lines deleted...]
-        <v>17</v>
+      <c r="D191" s="2">
+        <v>400</v>
+      </c>
+      <c r="E191" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F191" s="2">
+        <v>1.65</v>
+      </c>
+      <c r="G191" s="2">
+        <v>1.1</v>
       </c>
       <c r="H191" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I191" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J191" s="2"/>
       <c r="K191" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="192" spans="1:11">
       <c r="A192" t="s">
-        <v>221</v>
+        <v>206</v>
       </c>
       <c r="B192" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C192"/>
-      <c r="D192" s="2" t="s">
-[...7 lines deleted...]
-        <v>17</v>
+      <c r="D192" s="2">
+        <v>1050</v>
+      </c>
+      <c r="E192" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="F192" s="2">
+        <v>0.83</v>
+      </c>
+      <c r="G192" s="2">
+        <v>0.55</v>
       </c>
       <c r="H192" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I192" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J192" s="2"/>
       <c r="K192" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="193" spans="1:11">
       <c r="A193" t="s">
-        <v>222</v>
+        <v>206</v>
       </c>
       <c r="B193" t="s">
-        <v>168</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="C193"/>
       <c r="D193" s="2">
-        <v>100</v>
+        <v>330</v>
       </c>
       <c r="E193" s="2" t="s">
-        <v>170</v>
+        <v>207</v>
       </c>
       <c r="F193" s="2">
-        <v>1.88</v>
+        <v>2.63</v>
       </c>
       <c r="G193" s="2">
-        <v>1.25</v>
+        <v>1.75</v>
       </c>
       <c r="H193" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I193" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I193" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J193" s="2"/>
       <c r="K193" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194" t="s">
-        <v>223</v>
+        <v>208</v>
       </c>
       <c r="B194" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C194"/>
       <c r="D194" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E194" s="2"/>
       <c r="F194" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G194" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H194" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I194" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J194" s="2"/>
       <c r="K194" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="195" spans="1:11">
       <c r="A195" t="s">
-        <v>224</v>
+        <v>209</v>
       </c>
       <c r="B195" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C195"/>
       <c r="D195" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E195" s="2"/>
       <c r="F195" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G195" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H195" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I195" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J195" s="2"/>
       <c r="K195" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="196" spans="1:11">
       <c r="A196" t="s">
-        <v>225</v>
+        <v>210</v>
       </c>
       <c r="B196" t="s">
-        <v>168</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="C196"/>
       <c r="D196" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E196" s="2"/>
       <c r="F196" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G196" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H196" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I196" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J196" s="2"/>
       <c r="K196" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="197" spans="1:11">
       <c r="A197" t="s">
-        <v>226</v>
+        <v>211</v>
       </c>
       <c r="B197" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C197"/>
       <c r="D197" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E197" s="2"/>
       <c r="F197" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G197" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H197" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I197" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J197" s="2"/>
       <c r="K197" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="198" spans="1:11">
       <c r="A198" t="s">
-        <v>227</v>
+        <v>212</v>
       </c>
       <c r="B198" t="s">
-        <v>168</v>
-[...14 lines deleted...]
-        <v>1.75</v>
+        <v>171</v>
+      </c>
+      <c r="C198"/>
+      <c r="D198" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E198" s="2"/>
+      <c r="F198" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G198" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H198" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I198" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I198" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J198" s="2"/>
       <c r="K198" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199" t="s">
-        <v>227</v>
+        <v>213</v>
       </c>
       <c r="B199" t="s">
-        <v>168</v>
-[...14 lines deleted...]
-        <v>1.25</v>
+        <v>171</v>
+      </c>
+      <c r="C199"/>
+      <c r="D199" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E199" s="2"/>
+      <c r="F199" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G199" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H199" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I199" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I199" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J199" s="2"/>
       <c r="K199" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="200" spans="1:11">
       <c r="A200" t="s">
-        <v>229</v>
+        <v>214</v>
       </c>
       <c r="B200" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C200"/>
       <c r="D200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E200" s="2"/>
       <c r="F200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J200" s="2"/>
       <c r="K200" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="201" spans="1:11">
       <c r="A201" t="s">
-        <v>230</v>
+        <v>215</v>
       </c>
       <c r="B201" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C201"/>
       <c r="D201" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E201" s="2"/>
       <c r="F201" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G201" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H201" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I201" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J201" s="2"/>
       <c r="K201" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="202" spans="1:11">
       <c r="A202" t="s">
-        <v>231</v>
+        <v>216</v>
       </c>
       <c r="B202" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C202" t="s">
-        <v>14</v>
+        <v>217</v>
       </c>
       <c r="D202" s="2">
-        <v>200</v>
+        <v>10300</v>
       </c>
       <c r="E202" s="2" t="s">
-        <v>170</v>
+        <v>218</v>
       </c>
       <c r="F202" s="2">
-        <v>1.88</v>
+        <v>0.6</v>
       </c>
       <c r="G202" s="2">
-        <v>1.25</v>
+        <v>0.4</v>
       </c>
       <c r="H202" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I202" s="2">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="J202" s="2" t="s">
-        <v>183</v>
+        <v>219</v>
       </c>
       <c r="K202" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="203" spans="1:11">
       <c r="A203" t="s">
-        <v>232</v>
+        <v>220</v>
       </c>
       <c r="B203" t="s">
-        <v>168</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="C203"/>
       <c r="D203" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E203" s="2"/>
       <c r="F203" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G203" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H203" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I203" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J203" s="2"/>
       <c r="K203" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="204" spans="1:11">
       <c r="A204" t="s">
-        <v>233</v>
+        <v>221</v>
       </c>
       <c r="B204" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C204"/>
       <c r="D204" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E204" s="2"/>
       <c r="F204" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G204" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H204" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I204" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J204" s="2"/>
       <c r="K204" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="205" spans="1:11">
       <c r="A205" t="s">
-        <v>234</v>
+        <v>222</v>
       </c>
       <c r="B205" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C205"/>
       <c r="D205" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E205" s="2"/>
       <c r="F205" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G205" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H205" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I205" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J205" s="2"/>
       <c r="K205" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="206" spans="1:11">
       <c r="A206" t="s">
-        <v>235</v>
+        <v>223</v>
       </c>
       <c r="B206" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C206"/>
       <c r="D206" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E206" s="2"/>
       <c r="F206" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G206" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H206" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I206" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J206" s="2"/>
       <c r="K206" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="207" spans="1:11">
       <c r="A207" t="s">
-        <v>236</v>
+        <v>224</v>
       </c>
       <c r="B207" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C207"/>
       <c r="D207" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E207" s="2"/>
       <c r="F207" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G207" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H207" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I207" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J207" s="2"/>
       <c r="K207" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="208" spans="1:11">
       <c r="A208" t="s">
-        <v>237</v>
+        <v>225</v>
       </c>
       <c r="B208" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="C208"/>
+        <v>171</v>
+      </c>
+      <c r="C208" t="s">
+        <v>14</v>
+      </c>
       <c r="D208" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E208" s="2"/>
       <c r="F208" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G208" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H208" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I208" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J208" s="2"/>
       <c r="K208" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209" t="s">
-        <v>238</v>
+        <v>226</v>
       </c>
       <c r="B209" t="s">
-        <v>168</v>
-[...14 lines deleted...]
-        <v>1.05</v>
+        <v>171</v>
+      </c>
+      <c r="C209"/>
+      <c r="D209" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E209" s="2"/>
+      <c r="F209" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G209" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H209" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I209" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I209" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J209" s="2"/>
       <c r="K209" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="210" spans="1:11">
       <c r="A210" t="s">
-        <v>238</v>
+        <v>227</v>
       </c>
       <c r="B210" t="s">
-        <v>168</v>
-[...14 lines deleted...]
-        <v>0.75</v>
+        <v>171</v>
+      </c>
+      <c r="C210"/>
+      <c r="D210" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E210" s="2"/>
+      <c r="F210" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G210" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H210" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I210" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I210" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J210" s="2"/>
       <c r="K210" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="B211" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C211" t="s">
-        <v>175</v>
-[...11 lines deleted...]
-        <v>0.5</v>
+        <v>217</v>
+      </c>
+      <c r="D211" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E211" s="2"/>
+      <c r="F211" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G211" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H211" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I211" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I211" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J211" s="2"/>
       <c r="K211" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212" t="s">
-        <v>240</v>
+        <v>229</v>
       </c>
       <c r="B212" t="s">
-        <v>168</v>
-[...14 lines deleted...]
-        <v>1.1</v>
+        <v>171</v>
+      </c>
+      <c r="C212"/>
+      <c r="D212" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E212" s="2"/>
+      <c r="F212" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G212" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H212" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I212" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I212" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J212" s="2"/>
       <c r="K212" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="213" spans="1:11">
       <c r="A213" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="B213" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C213" t="s">
+        <v>231</v>
+      </c>
+      <c r="D213" s="2">
         <v>175</v>
       </c>
-      <c r="D213" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="E213" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F213" s="2">
-        <v>1.28</v>
+        <v>2.63</v>
       </c>
       <c r="G213" s="2">
-        <v>0.85</v>
+        <v>1.75</v>
       </c>
       <c r="H213" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I213" s="2">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J213" s="2" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="K213" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="214" spans="1:11">
       <c r="A214" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="B214" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C214" t="s">
+        <v>231</v>
+      </c>
+      <c r="D214" s="2">
+        <v>250</v>
+      </c>
+      <c r="E214" s="2" t="s">
         <v>175</v>
       </c>
-      <c r="D214" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="F214" s="2">
-        <v>0.98</v>
+        <v>1.89</v>
       </c>
       <c r="G214" s="2">
-        <v>0.65</v>
+        <v>1.25</v>
       </c>
       <c r="H214" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I214" s="2">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J214" s="2" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="K214" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215" t="s">
-        <v>240</v>
+        <v>232</v>
       </c>
       <c r="B215" t="s">
-        <v>168</v>
-[...14 lines deleted...]
-        <v>0.5</v>
+        <v>171</v>
+      </c>
+      <c r="C215"/>
+      <c r="D215" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E215" s="2"/>
+      <c r="F215" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G215" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H215" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I215" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I215" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J215" s="2"/>
       <c r="K215" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="216" spans="1:11">
       <c r="A216" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="B216" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C216"/>
       <c r="D216" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E216" s="2"/>
       <c r="F216" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G216" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H216" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I216" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J216" s="2"/>
       <c r="K216" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="217" spans="1:11">
       <c r="A217" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="B217" t="s">
-        <v>168</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>171</v>
+      </c>
+      <c r="C217" t="s">
+        <v>235</v>
+      </c>
+      <c r="D217" s="2">
+        <v>81</v>
+      </c>
+      <c r="E217" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F217" s="2">
+        <v>1.88</v>
+      </c>
+      <c r="G217" s="2">
+        <v>1.25</v>
       </c>
       <c r="H217" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I217" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J217" s="2"/>
+      <c r="I217" s="2">
+        <v>25</v>
+      </c>
+      <c r="J217" s="2" t="s">
+        <v>186</v>
+      </c>
       <c r="K217" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="218" spans="1:11">
       <c r="A218" t="s">
-        <v>243</v>
+        <v>234</v>
       </c>
       <c r="B218" t="s">
-        <v>168</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>171</v>
+      </c>
+      <c r="C218" t="s">
+        <v>235</v>
+      </c>
+      <c r="D218" s="2">
+        <v>90</v>
+      </c>
+      <c r="E218" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="F218" s="2">
+        <v>1.43</v>
+      </c>
+      <c r="G218" s="2">
+        <v>0.95</v>
       </c>
       <c r="H218" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I218" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J218" s="2"/>
+      <c r="I218" s="2">
+        <v>50</v>
+      </c>
+      <c r="J218" s="2" t="s">
+        <v>186</v>
+      </c>
       <c r="K218" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="219" spans="1:11">
       <c r="A219" t="s">
-        <v>244</v>
+        <v>234</v>
       </c>
       <c r="B219" t="s">
-        <v>168</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>171</v>
+      </c>
+      <c r="C219" t="s">
+        <v>235</v>
+      </c>
+      <c r="D219" s="2">
+        <v>83</v>
+      </c>
+      <c r="E219" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="F219" s="2">
+        <v>1.05</v>
+      </c>
+      <c r="G219" s="2">
+        <v>0.7</v>
       </c>
       <c r="H219" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I219" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J219" s="2"/>
+      <c r="I219" s="2">
+        <v>100</v>
+      </c>
+      <c r="J219" s="2" t="s">
+        <v>186</v>
+      </c>
       <c r="K219" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="220" spans="1:11">
       <c r="A220" t="s">
-        <v>245</v>
+        <v>234</v>
       </c>
       <c r="B220" t="s">
-        <v>168</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>171</v>
+      </c>
+      <c r="C220" t="s">
+        <v>235</v>
+      </c>
+      <c r="D220" s="2">
+        <v>36</v>
+      </c>
+      <c r="E220" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="F220" s="2">
+        <v>2.4</v>
+      </c>
+      <c r="G220" s="2">
+        <v>1.6</v>
       </c>
       <c r="H220" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I220" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J220" s="2"/>
+      <c r="I220" s="2">
+        <v>25</v>
+      </c>
+      <c r="J220" s="2" t="s">
+        <v>186</v>
+      </c>
       <c r="K220" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="221" spans="1:11">
       <c r="A221" t="s">
-        <v>246</v>
+        <v>234</v>
       </c>
       <c r="B221" t="s">
-        <v>168</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>171</v>
+      </c>
+      <c r="C221" t="s">
+        <v>235</v>
+      </c>
+      <c r="D221" s="2">
+        <v>42</v>
+      </c>
+      <c r="E221" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="F221" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="G221" s="2">
+        <v>0.5</v>
       </c>
       <c r="H221" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I221" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J221" s="2"/>
+      <c r="I221" s="2">
+        <v>100</v>
+      </c>
+      <c r="J221" s="2" t="s">
+        <v>186</v>
+      </c>
       <c r="K221" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="222" spans="1:11">
       <c r="A222" t="s">
-        <v>247</v>
+        <v>237</v>
       </c>
       <c r="B222" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C222" t="s">
-        <v>248</v>
+        <v>14</v>
       </c>
       <c r="D222" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E222" s="2"/>
       <c r="F222" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G222" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H222" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I222" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J222" s="2"/>
       <c r="K222" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="223" spans="1:11">
       <c r="A223" t="s">
-        <v>249</v>
+        <v>238</v>
       </c>
       <c r="B223" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C223"/>
       <c r="D223" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E223" s="2"/>
       <c r="F223" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G223" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H223" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I223" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J223" s="2"/>
       <c r="K223" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="224" spans="1:11">
       <c r="A224" t="s">
-        <v>250</v>
+        <v>239</v>
       </c>
       <c r="B224" t="s">
-        <v>168</v>
-[...14 lines deleted...]
-        <v>0.5</v>
+        <v>171</v>
+      </c>
+      <c r="C224"/>
+      <c r="D224" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E224" s="2"/>
+      <c r="F224" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G224" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H224" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I224" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I224" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J224" s="2"/>
       <c r="K224" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="225" spans="1:11">
       <c r="A225" t="s">
-        <v>251</v>
+        <v>240</v>
       </c>
       <c r="B225" t="s">
-        <v>168</v>
-[...14 lines deleted...]
-        <v>0.5</v>
+        <v>171</v>
+      </c>
+      <c r="C225"/>
+      <c r="D225" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E225" s="2"/>
+      <c r="F225" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G225" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H225" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I225" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I225" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J225" s="2"/>
       <c r="K225" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="226" spans="1:11">
       <c r="A226" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
       <c r="B226" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C226"/>
       <c r="D226" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E226" s="2"/>
       <c r="F226" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G226" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H226" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I226" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J226" s="2"/>
       <c r="K226" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="227" spans="1:11">
       <c r="A227" t="s">
-        <v>253</v>
+        <v>242</v>
       </c>
       <c r="B227" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C227"/>
       <c r="D227" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E227" s="2"/>
       <c r="F227" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G227" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H227" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I227" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J227" s="2"/>
       <c r="K227" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="228" spans="1:11">
       <c r="A228" t="s">
-        <v>254</v>
+        <v>243</v>
       </c>
       <c r="B228" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C228" t="s">
-        <v>52</v>
-[...9 lines deleted...]
-        <v>17</v>
+        <v>178</v>
+      </c>
+      <c r="D228" s="2">
+        <v>779</v>
+      </c>
+      <c r="E228" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="F228" s="2">
+        <v>1.13</v>
+      </c>
+      <c r="G228" s="2">
+        <v>0.75</v>
       </c>
       <c r="H228" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I228" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J228" s="2"/>
+      <c r="I228" s="2">
+        <v>100</v>
+      </c>
+      <c r="J228" s="2" t="s">
+        <v>186</v>
+      </c>
       <c r="K228" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="229" spans="1:11">
       <c r="A229" t="s">
-        <v>255</v>
+        <v>243</v>
       </c>
       <c r="B229" t="s">
-        <v>168</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>171</v>
+      </c>
+      <c r="C229" t="s">
+        <v>178</v>
+      </c>
+      <c r="D229" s="2">
+        <v>417</v>
+      </c>
+      <c r="E229" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="F229" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="G229" s="2">
+        <v>0.5</v>
       </c>
       <c r="H229" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I229" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J229" s="2"/>
+      <c r="I229" s="2">
+        <v>100</v>
+      </c>
+      <c r="J229" s="2" t="s">
+        <v>186</v>
+      </c>
       <c r="K229" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="230" spans="1:11">
       <c r="A230" t="s">
-        <v>256</v>
+        <v>244</v>
       </c>
       <c r="B230" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C230" t="s">
-        <v>122</v>
-[...9 lines deleted...]
-        <v>17</v>
+        <v>178</v>
+      </c>
+      <c r="D230" s="2">
+        <v>113</v>
+      </c>
+      <c r="E230" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F230" s="2">
+        <v>1.65</v>
+      </c>
+      <c r="G230" s="2">
+        <v>1.1</v>
       </c>
       <c r="H230" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I230" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J230" s="2"/>
+      <c r="I230" s="2">
+        <v>25</v>
+      </c>
+      <c r="J230" s="2" t="s">
+        <v>186</v>
+      </c>
       <c r="K230" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="231" spans="1:11">
       <c r="A231" t="s">
-        <v>257</v>
+        <v>244</v>
       </c>
       <c r="B231" t="s">
-        <v>168</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>171</v>
+      </c>
+      <c r="C231" t="s">
+        <v>178</v>
+      </c>
+      <c r="D231" s="2">
+        <v>116</v>
+      </c>
+      <c r="E231" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="F231" s="2">
+        <v>1.28</v>
+      </c>
+      <c r="G231" s="2">
+        <v>0.85</v>
       </c>
       <c r="H231" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I231" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J231" s="2"/>
+      <c r="I231" s="2">
+        <v>50</v>
+      </c>
+      <c r="J231" s="2" t="s">
+        <v>186</v>
+      </c>
       <c r="K231" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="232" spans="1:11">
       <c r="A232" t="s">
-        <v>258</v>
+        <v>244</v>
       </c>
       <c r="B232" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C232" t="s">
-        <v>14</v>
+        <v>178</v>
       </c>
       <c r="D232" s="2">
-        <v>600</v>
+        <v>656</v>
       </c>
       <c r="E232" s="2" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="F232" s="2">
-        <v>1.05</v>
+        <v>0.98</v>
       </c>
       <c r="G232" s="2">
-        <v>0.75</v>
+        <v>0.65</v>
       </c>
       <c r="H232" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I232" s="2">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J232" s="2" t="s">
-        <v>29</v>
+        <v>186</v>
       </c>
       <c r="K232" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="233" spans="1:11">
       <c r="A233" t="s">
-        <v>258</v>
+        <v>244</v>
       </c>
       <c r="B233" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C233" t="s">
-        <v>14</v>
+        <v>178</v>
       </c>
       <c r="D233" s="2">
-        <v>1600</v>
+        <v>750</v>
       </c>
       <c r="E233" s="2" t="s">
-        <v>173</v>
+        <v>236</v>
       </c>
       <c r="F233" s="2">
         <v>0.75</v>
       </c>
       <c r="G233" s="2">
         <v>0.5</v>
       </c>
       <c r="H233" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I233" s="2">
         <v>100</v>
       </c>
       <c r="J233" s="2" t="s">
-        <v>29</v>
+        <v>186</v>
       </c>
       <c r="K233" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="234" spans="1:11">
       <c r="A234" t="s">
-        <v>259</v>
+        <v>245</v>
       </c>
       <c r="B234" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C234"/>
       <c r="D234" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E234" s="2"/>
       <c r="F234" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G234" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H234" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I234" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J234" s="2"/>
       <c r="K234" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="235" spans="1:11">
       <c r="A235" t="s">
-        <v>260</v>
+        <v>246</v>
       </c>
       <c r="B235" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C235"/>
       <c r="D235" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E235" s="2"/>
       <c r="F235" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G235" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H235" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I235" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J235" s="2"/>
       <c r="K235" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="236" spans="1:11">
       <c r="A236" t="s">
-        <v>261</v>
+        <v>247</v>
       </c>
       <c r="B236" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C236"/>
       <c r="D236" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E236" s="2"/>
       <c r="F236" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G236" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H236" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I236" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J236" s="2"/>
       <c r="K236" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="237" spans="1:11">
       <c r="A237" t="s">
-        <v>262</v>
+        <v>248</v>
       </c>
       <c r="B237" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C237"/>
       <c r="D237" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E237" s="2"/>
       <c r="F237" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G237" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H237" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I237" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J237" s="2"/>
       <c r="K237" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="238" spans="1:11">
       <c r="A238" t="s">
-        <v>263</v>
+        <v>249</v>
       </c>
       <c r="B238" t="s">
-        <v>168</v>
-[...14 lines deleted...]
-        <v>0.7</v>
+        <v>171</v>
+      </c>
+      <c r="C238"/>
+      <c r="D238" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E238" s="2"/>
+      <c r="F238" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G238" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H238" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I238" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I238" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J238" s="2"/>
       <c r="K238" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="239" spans="1:11">
       <c r="A239" t="s">
-        <v>264</v>
+        <v>250</v>
       </c>
       <c r="B239" t="s">
-        <v>168</v>
-[...14 lines deleted...]
-        <v>0.75</v>
+        <v>171</v>
+      </c>
+      <c r="C239"/>
+      <c r="D239" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E239" s="2"/>
+      <c r="F239" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G239" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H239" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I239" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I239" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J239" s="2"/>
       <c r="K239" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="240" spans="1:11">
       <c r="A240" t="s">
-        <v>266</v>
+        <v>251</v>
       </c>
       <c r="B240" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="C240"/>
+        <v>171</v>
+      </c>
+      <c r="C240" t="s">
+        <v>252</v>
+      </c>
       <c r="D240" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E240" s="2"/>
       <c r="F240" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G240" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H240" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I240" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J240" s="2"/>
       <c r="K240" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="241" spans="1:11">
       <c r="A241" t="s">
-        <v>267</v>
+        <v>253</v>
       </c>
       <c r="B241" t="s">
-        <v>168</v>
-[...14 lines deleted...]
-        <v>1.1</v>
+        <v>171</v>
+      </c>
+      <c r="C241"/>
+      <c r="D241" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E241" s="2"/>
+      <c r="F241" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G241" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H241" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I241" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J241" s="2"/>
       <c r="K241" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="242" spans="1:11">
       <c r="A242" t="s">
-        <v>267</v>
+        <v>254</v>
       </c>
       <c r="B242" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C242" t="s">
-        <v>75</v>
-[...11 lines deleted...]
-        <v>0.8</v>
+        <v>54</v>
+      </c>
+      <c r="D242" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E242" s="2"/>
+      <c r="F242" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G242" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H242" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I242" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J242" s="2"/>
       <c r="K242" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="243" spans="1:11">
       <c r="A243" t="s">
-        <v>267</v>
+        <v>255</v>
       </c>
       <c r="B243" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C243" t="s">
-        <v>75</v>
+        <v>14</v>
       </c>
       <c r="D243" s="2">
-        <v>290</v>
+        <v>50</v>
       </c>
       <c r="E243" s="2" t="s">
-        <v>204</v>
+        <v>176</v>
       </c>
       <c r="F243" s="2">
-        <v>2.63</v>
+        <v>0.75</v>
       </c>
       <c r="G243" s="2">
-        <v>1.75</v>
+        <v>0.5</v>
       </c>
       <c r="H243" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I243" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J243" s="2"/>
+      <c r="I243" s="2">
+        <v>100</v>
+      </c>
+      <c r="J243" s="2" t="s">
+        <v>219</v>
+      </c>
       <c r="K243" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="244" spans="1:11">
       <c r="A244" t="s">
-        <v>268</v>
+        <v>256</v>
       </c>
       <c r="B244" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C244"/>
       <c r="D244" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E244" s="2"/>
       <c r="F244" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G244" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H244" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I244" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J244" s="2"/>
       <c r="K244" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="245" spans="1:11">
       <c r="A245" t="s">
-        <v>269</v>
+        <v>257</v>
       </c>
       <c r="B245" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C245"/>
       <c r="D245" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E245" s="2"/>
       <c r="F245" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G245" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H245" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I245" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J245" s="2"/>
       <c r="K245" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="246" spans="1:11">
       <c r="A246" t="s">
-        <v>270</v>
+        <v>258</v>
       </c>
       <c r="B246" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="C246"/>
+        <v>171</v>
+      </c>
+      <c r="C246" t="s">
+        <v>54</v>
+      </c>
       <c r="D246" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E246" s="2"/>
       <c r="F246" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G246" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H246" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I246" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J246" s="2"/>
       <c r="K246" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="247" spans="1:11">
       <c r="A247" t="s">
-        <v>271</v>
+        <v>259</v>
       </c>
       <c r="B247" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C247"/>
       <c r="D247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E247" s="2"/>
       <c r="F247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J247" s="2"/>
       <c r="K247" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="248" spans="1:11">
       <c r="A248" t="s">
-        <v>272</v>
+        <v>260</v>
       </c>
       <c r="B248" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="C248"/>
+        <v>171</v>
+      </c>
+      <c r="C248" t="s">
+        <v>127</v>
+      </c>
       <c r="D248" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E248" s="2"/>
       <c r="F248" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G248" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H248" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I248" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J248" s="2"/>
       <c r="K248" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="249" spans="1:11">
       <c r="A249" t="s">
-        <v>273</v>
+        <v>261</v>
       </c>
       <c r="B249" t="s">
-        <v>168</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="C249"/>
       <c r="D249" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E249" s="2"/>
       <c r="F249" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G249" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H249" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I249" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J249" s="2"/>
       <c r="K249" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="250" spans="1:11">
       <c r="A250" t="s">
-        <v>274</v>
+        <v>262</v>
       </c>
       <c r="B250" t="s">
-        <v>168</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>171</v>
+      </c>
+      <c r="C250" t="s">
+        <v>14</v>
+      </c>
+      <c r="D250" s="2">
+        <v>1600</v>
+      </c>
+      <c r="E250" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="F250" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="G250" s="2">
+        <v>0.5</v>
       </c>
       <c r="H250" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I250" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J250" s="2"/>
+      <c r="I250" s="2">
+        <v>100</v>
+      </c>
+      <c r="J250" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K250" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="251" spans="1:11">
       <c r="A251" t="s">
-        <v>275</v>
+        <v>263</v>
       </c>
       <c r="B251" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C251"/>
       <c r="D251" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E251" s="2"/>
       <c r="F251" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G251" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H251" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I251" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J251" s="2"/>
       <c r="K251" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="252" spans="1:11">
       <c r="A252" t="s">
-        <v>276</v>
+        <v>264</v>
       </c>
       <c r="B252" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C252"/>
       <c r="D252" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E252" s="2"/>
       <c r="F252" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G252" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H252" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I252" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J252" s="2"/>
       <c r="K252" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="253" spans="1:11">
       <c r="A253" t="s">
-        <v>277</v>
+        <v>265</v>
       </c>
       <c r="B253" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C253"/>
       <c r="D253" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E253" s="2"/>
       <c r="F253" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G253" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H253" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I253" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J253" s="2"/>
       <c r="K253" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="254" spans="1:11">
       <c r="A254" t="s">
-        <v>278</v>
+        <v>266</v>
       </c>
       <c r="B254" t="s">
-        <v>279</v>
+        <v>171</v>
       </c>
       <c r="C254"/>
       <c r="D254" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E254" s="2"/>
       <c r="F254" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G254" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H254" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I254" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J254" s="2"/>
       <c r="K254" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="255" spans="1:11">
       <c r="A255" t="s">
-        <v>280</v>
+        <v>267</v>
       </c>
       <c r="B255" t="s">
-        <v>279</v>
+        <v>171</v>
       </c>
       <c r="C255" t="s">
-        <v>52</v>
-[...6 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="D255" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E255" s="2"/>
       <c r="F255" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="G255" s="2">
-        <v>0.38</v>
+      <c r="G255" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H255" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I255" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I255" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J255" s="2"/>
       <c r="K255" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="256" spans="1:11">
       <c r="A256" t="s">
-        <v>282</v>
+        <v>268</v>
       </c>
       <c r="B256" t="s">
-        <v>279</v>
+        <v>171</v>
       </c>
       <c r="C256" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D256" s="2">
-        <v>5400</v>
+        <v>350</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>236</v>
+      </c>
+      <c r="F256" s="2">
+        <v>0.9</v>
       </c>
       <c r="G256" s="2">
-        <v>0.38</v>
+        <v>0.75</v>
       </c>
       <c r="H256" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I256" s="2">
         <v>100</v>
       </c>
       <c r="J256" s="2" t="s">
-        <v>216</v>
+        <v>269</v>
       </c>
       <c r="K256" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="257" spans="1:11">
       <c r="A257" t="s">
-        <v>283</v>
+        <v>270</v>
       </c>
       <c r="B257" t="s">
-        <v>279</v>
+        <v>171</v>
       </c>
       <c r="C257"/>
       <c r="D257" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E257" s="2"/>
       <c r="F257" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G257" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H257" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I257" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J257" s="2"/>
       <c r="K257" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="258" spans="1:11">
       <c r="A258" t="s">
-        <v>284</v>
+        <v>271</v>
       </c>
       <c r="B258" t="s">
-        <v>279</v>
+        <v>171</v>
       </c>
       <c r="C258" t="s">
-        <v>14</v>
+        <v>77</v>
       </c>
       <c r="D258" s="2">
-        <v>2800</v>
+        <v>375</v>
       </c>
       <c r="E258" s="2" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>173</v>
+      </c>
+      <c r="F258" s="2">
+        <v>1.65</v>
       </c>
       <c r="G258" s="2">
-        <v>0.38</v>
+        <v>1.1</v>
       </c>
       <c r="H258" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I258" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I258" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J258" s="2"/>
       <c r="K258" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="259" spans="1:11">
       <c r="A259" t="s">
-        <v>285</v>
+        <v>271</v>
       </c>
       <c r="B259" t="s">
-        <v>279</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>171</v>
+      </c>
+      <c r="C259" t="s">
+        <v>77</v>
+      </c>
+      <c r="D259" s="2">
+        <v>290</v>
+      </c>
+      <c r="E259" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="F259" s="2">
+        <v>2.63</v>
+      </c>
+      <c r="G259" s="2">
+        <v>1.75</v>
       </c>
       <c r="H259" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I259" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J259" s="2"/>
       <c r="K259" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="260" spans="1:11">
       <c r="A260" t="s">
-        <v>286</v>
+        <v>272</v>
       </c>
       <c r="B260" t="s">
-        <v>279</v>
-[...9 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="C260"/>
+      <c r="D260" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E260" s="2"/>
       <c r="F260" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="G260" s="2">
-        <v>0.38</v>
+      <c r="G260" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H260" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I260" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I260" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J260" s="2"/>
       <c r="K260" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="261" spans="1:11">
       <c r="A261" t="s">
-        <v>287</v>
+        <v>273</v>
       </c>
       <c r="B261" t="s">
-        <v>279</v>
+        <v>171</v>
       </c>
       <c r="C261"/>
       <c r="D261" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E261" s="2"/>
       <c r="F261" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G261" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H261" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I261" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J261" s="2"/>
       <c r="K261" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="262" spans="1:11">
       <c r="A262" t="s">
-        <v>288</v>
+        <v>274</v>
       </c>
       <c r="B262" t="s">
-        <v>279</v>
+        <v>171</v>
       </c>
       <c r="C262"/>
       <c r="D262" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E262" s="2"/>
       <c r="F262" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G262" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H262" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I262" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J262" s="2"/>
       <c r="K262" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="263" spans="1:11">
       <c r="A263" t="s">
-        <v>289</v>
+        <v>275</v>
       </c>
       <c r="B263" t="s">
-        <v>279</v>
+        <v>171</v>
       </c>
       <c r="C263"/>
       <c r="D263" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E263" s="2"/>
       <c r="F263" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G263" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H263" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I263" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J263" s="2"/>
       <c r="K263" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="264" spans="1:11">
+      <c r="A264" t="s">
+        <v>276</v>
+      </c>
+      <c r="B264" t="s">
+        <v>171</v>
+      </c>
+      <c r="C264"/>
+      <c r="D264" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E264" s="2"/>
+      <c r="F264" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G264" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H264" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I264" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J264" s="2"/>
+      <c r="K264" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="265" spans="1:11">
+      <c r="A265" t="s">
+        <v>277</v>
+      </c>
+      <c r="B265" t="s">
+        <v>171</v>
+      </c>
+      <c r="C265" t="s">
+        <v>178</v>
+      </c>
+      <c r="D265" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E265" s="2"/>
+      <c r="F265" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G265" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H265" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I265" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J265" s="2"/>
+      <c r="K265" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="266" spans="1:11">
+      <c r="A266" t="s">
+        <v>278</v>
+      </c>
+      <c r="B266" t="s">
+        <v>171</v>
+      </c>
+      <c r="C266"/>
+      <c r="D266" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E266" s="2"/>
+      <c r="F266" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G266" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H266" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I266" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J266" s="2"/>
+      <c r="K266" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="267" spans="1:11">
+      <c r="A267" t="s">
+        <v>279</v>
+      </c>
+      <c r="B267" t="s">
+        <v>171</v>
+      </c>
+      <c r="C267"/>
+      <c r="D267" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E267" s="2"/>
+      <c r="F267" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G267" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H267" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I267" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J267" s="2"/>
+      <c r="K267" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="268" spans="1:11">
+      <c r="A268" t="s">
+        <v>280</v>
+      </c>
+      <c r="B268" t="s">
+        <v>171</v>
+      </c>
+      <c r="C268"/>
+      <c r="D268" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E268" s="2"/>
+      <c r="F268" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G268" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H268" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I268" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J268" s="2"/>
+      <c r="K268" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="269" spans="1:11">
+      <c r="A269" t="s">
+        <v>281</v>
+      </c>
+      <c r="B269" t="s">
+        <v>171</v>
+      </c>
+      <c r="C269"/>
+      <c r="D269" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E269" s="2"/>
+      <c r="F269" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G269" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H269" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I269" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J269" s="2"/>
+      <c r="K269" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="270" spans="1:11">
+      <c r="A270" t="s">
+        <v>282</v>
+      </c>
+      <c r="B270" t="s">
+        <v>283</v>
+      </c>
+      <c r="C270"/>
+      <c r="D270" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E270" s="2"/>
+      <c r="F270" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G270" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H270" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I270" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J270" s="2"/>
+      <c r="K270" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="271" spans="1:11">
+      <c r="A271" t="s">
+        <v>284</v>
+      </c>
+      <c r="B271" t="s">
+        <v>283</v>
+      </c>
+      <c r="C271" t="s">
+        <v>54</v>
+      </c>
+      <c r="D271" s="2">
+        <v>8500</v>
+      </c>
+      <c r="E271" s="2" t="s">
+        <v>285</v>
+      </c>
+      <c r="F271" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G271" s="2">
+        <v>0.38</v>
+      </c>
+      <c r="H271" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I271" s="2">
+        <v>100</v>
+      </c>
+      <c r="J271" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="K271" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="272" spans="1:11">
+      <c r="A272" t="s">
+        <v>286</v>
+      </c>
+      <c r="B272" t="s">
+        <v>283</v>
+      </c>
+      <c r="C272" t="s">
+        <v>54</v>
+      </c>
+      <c r="D272" s="2">
+        <v>5400</v>
+      </c>
+      <c r="E272" s="2" t="s">
+        <v>285</v>
+      </c>
+      <c r="F272" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G272" s="2">
+        <v>0.38</v>
+      </c>
+      <c r="H272" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I272" s="2">
+        <v>100</v>
+      </c>
+      <c r="J272" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="K272" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="273" spans="1:11">
+      <c r="A273" t="s">
+        <v>287</v>
+      </c>
+      <c r="B273" t="s">
+        <v>283</v>
+      </c>
+      <c r="C273"/>
+      <c r="D273" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E273" s="2"/>
+      <c r="F273" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G273" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H273" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I273" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J273" s="2"/>
+      <c r="K273" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="274" spans="1:11">
+      <c r="A274" t="s">
+        <v>288</v>
+      </c>
+      <c r="B274" t="s">
+        <v>283</v>
+      </c>
+      <c r="C274" t="s">
+        <v>14</v>
+      </c>
+      <c r="D274" s="2">
+        <v>2800</v>
+      </c>
+      <c r="E274" s="2" t="s">
+        <v>285</v>
+      </c>
+      <c r="F274" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G274" s="2">
+        <v>0.38</v>
+      </c>
+      <c r="H274" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I274" s="2">
+        <v>100</v>
+      </c>
+      <c r="J274" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="K274" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="275" spans="1:11">
+      <c r="A275" t="s">
+        <v>289</v>
+      </c>
+      <c r="B275" t="s">
+        <v>283</v>
+      </c>
+      <c r="C275"/>
+      <c r="D275" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E275" s="2"/>
+      <c r="F275" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G275" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H275" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I275" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J275" s="2"/>
+      <c r="K275" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="276" spans="1:11">
+      <c r="A276" t="s">
+        <v>290</v>
+      </c>
+      <c r="B276" t="s">
+        <v>283</v>
+      </c>
+      <c r="C276" t="s">
+        <v>54</v>
+      </c>
+      <c r="D276" s="2">
+        <v>7300</v>
+      </c>
+      <c r="E276" s="2" t="s">
+        <v>285</v>
+      </c>
+      <c r="F276" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G276" s="2">
+        <v>0.38</v>
+      </c>
+      <c r="H276" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I276" s="2">
+        <v>100</v>
+      </c>
+      <c r="J276" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="K276" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="277" spans="1:11">
+      <c r="A277" t="s">
+        <v>291</v>
+      </c>
+      <c r="B277" t="s">
+        <v>283</v>
+      </c>
+      <c r="C277"/>
+      <c r="D277" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E277" s="2"/>
+      <c r="F277" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G277" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H277" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I277" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J277" s="2"/>
+      <c r="K277" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="278" spans="1:11">
+      <c r="A278" t="s">
+        <v>292</v>
+      </c>
+      <c r="B278" t="s">
+        <v>283</v>
+      </c>
+      <c r="C278"/>
+      <c r="D278" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E278" s="2"/>
+      <c r="F278" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G278" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H278" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I278" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J278" s="2"/>
+      <c r="K278" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="279" spans="1:11">
+      <c r="A279" t="s">
+        <v>293</v>
+      </c>
+      <c r="B279" t="s">
+        <v>283</v>
+      </c>
+      <c r="C279"/>
+      <c r="D279" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E279" s="2"/>
+      <c r="F279" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G279" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H279" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I279" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J279" s="2"/>
+      <c r="K279" s="2" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>