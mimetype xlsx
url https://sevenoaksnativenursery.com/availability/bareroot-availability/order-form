--- v3 (2025-12-20)
+++ v4 (2026-01-09)
@@ -14,53 +14,53 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="294">
-[...1 lines deleted...]
-    <t>December 19th, 2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="289">
+  <si>
+    <t>January 6th, 2026</t>
   </si>
   <si>
     <t>Plant Name</t>
   </si>
   <si>
     <t>Plant Category</t>
   </si>
   <si>
     <t>Seed Source</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Plant Size</t>
   </si>
   <si>
     <t>Price&lt;100</t>
   </si>
   <si>
     <t>Price 100+</t>
   </si>
   <si>
     <t>Stems</t>
   </si>
@@ -205,675 +205,660 @@
   <si>
     <t>Cupressus bakeri</t>
   </si>
   <si>
     <t>Fraxinus latifolia</t>
   </si>
   <si>
     <t>6"/10"</t>
   </si>
   <si>
     <t>4'/5'</t>
   </si>
   <si>
     <t>Garrya elliptica</t>
   </si>
   <si>
     <t>Holodiscus discolor</t>
   </si>
   <si>
     <t>Lonicera hispidula</t>
   </si>
   <si>
     <t>Lonicera involucrata</t>
   </si>
   <si>
-    <t>Lincoln County, OR</t>
-[...1 lines deleted...]
-  <si>
     <t>Mahonia aquifolium</t>
   </si>
   <si>
     <t>Mahonia nervosa</t>
   </si>
   <si>
     <t>Mahonia repens</t>
   </si>
   <si>
     <t>Malus fusca</t>
   </si>
   <si>
     <t>Myrica gale</t>
   </si>
   <si>
     <t>Oemlaria cerasiformis</t>
   </si>
   <si>
     <t>Philadelphus lewisii</t>
   </si>
   <si>
     <t>Physocarpus capitatus</t>
   </si>
   <si>
     <t>Physocarpus capitatus 'Rubio'</t>
   </si>
   <si>
     <t>C-1 rooted winter cuttings</t>
   </si>
   <si>
     <t>Pinus contorta ssp. contorta</t>
   </si>
   <si>
     <t>Pinus jeffreyi</t>
   </si>
   <si>
     <t>Pinus ponderosa</t>
   </si>
   <si>
+    <t>Pinus sabiniana</t>
+  </si>
+  <si>
+    <t>Popuilus tremuloides</t>
+  </si>
+  <si>
+    <t>N. Idaho</t>
+  </si>
+  <si>
+    <t>3'/4' W</t>
+  </si>
+  <si>
+    <t>1/1 transplant</t>
+  </si>
+  <si>
+    <t>Populus tremuloides</t>
+  </si>
+  <si>
+    <t>#3   6"/12", 1//16" C</t>
+  </si>
+  <si>
+    <t>3/8"   3'/4'</t>
+  </si>
+  <si>
+    <t>3'/4' Br</t>
+  </si>
+  <si>
+    <t>3+</t>
+  </si>
+  <si>
+    <t>4'/5' Br</t>
+  </si>
+  <si>
+    <t>4'/5' W</t>
+  </si>
+  <si>
+    <t>5'/6' Br</t>
+  </si>
+  <si>
+    <t>5'/6' W</t>
+  </si>
+  <si>
+    <t>6'/7' Br</t>
+  </si>
+  <si>
+    <t>6'/7' W</t>
+  </si>
+  <si>
+    <t>Populus trichocarpa (P. balsamifera ssp. trichocarpa)</t>
+  </si>
+  <si>
+    <t>Potentilla fruticosa</t>
+  </si>
+  <si>
+    <t>Prunus andersonii</t>
+  </si>
+  <si>
+    <t>Prunus emarginata</t>
+  </si>
+  <si>
+    <t>Prunus virginiana</t>
+  </si>
+  <si>
+    <t>Pseudotsuga menziesii</t>
+  </si>
+  <si>
+    <t>Purshia tridentata</t>
+  </si>
+  <si>
+    <t>Quercus chrysolepsis</t>
+  </si>
+  <si>
+    <t>Quercus douglasii</t>
+  </si>
+  <si>
+    <t>Quercus durata</t>
+  </si>
+  <si>
+    <t>Quercus gambelii</t>
+  </si>
+  <si>
+    <t>Quercus garryana</t>
+  </si>
+  <si>
+    <t>Quercus kelloggii</t>
+  </si>
+  <si>
+    <t>Quercus phellos</t>
+  </si>
+  <si>
+    <t>Quercus suber</t>
+  </si>
+  <si>
+    <t>Quercus vaccinifolia</t>
+  </si>
+  <si>
+    <t>Quercus wislizenii</t>
+  </si>
+  <si>
+    <t>Rhamnus californica ssp. occidentalis</t>
+  </si>
+  <si>
+    <t>Rhamnus purshiana</t>
+  </si>
+  <si>
+    <t>Rhus glabra</t>
+  </si>
+  <si>
+    <t>1"/3"</t>
+  </si>
+  <si>
+    <t>Rhus trilobata</t>
+  </si>
+  <si>
+    <t>Ribes alpinum</t>
+  </si>
+  <si>
+    <t>Ribes aureum</t>
+  </si>
+  <si>
+    <t>Ribes bracteosum</t>
+  </si>
+  <si>
+    <t>Ribes cereum</t>
+  </si>
+  <si>
+    <t>Ribes divaricatum</t>
+  </si>
+  <si>
+    <t>Ribes nevadense</t>
+  </si>
+  <si>
+    <t>Ribes roezlii</t>
+  </si>
+  <si>
+    <t>El Dorado County, CA</t>
+  </si>
+  <si>
+    <t>Ribes sanguineum</t>
+  </si>
+  <si>
+    <t>Ribes X Nidigrolaria</t>
+  </si>
+  <si>
+    <t>C-1 rooted winter cutting</t>
+  </si>
+  <si>
+    <t>Rosa gymnocarpa</t>
+  </si>
+  <si>
+    <t>Rosa nutkana</t>
+  </si>
+  <si>
+    <t>Rosa pisocarpa</t>
+  </si>
+  <si>
+    <t>Rosa rugosa</t>
+  </si>
+  <si>
+    <t>Rosa woodsii</t>
+  </si>
+  <si>
+    <t>Rubus leucodermis</t>
+  </si>
+  <si>
+    <t>Rubus odoratus</t>
+  </si>
+  <si>
+    <t>Rubus parviflorus</t>
+  </si>
+  <si>
+    <t>Rubus spectabilis</t>
+  </si>
+  <si>
+    <t>Rubus ursinus</t>
+  </si>
+  <si>
+    <t>Salix exigua</t>
+  </si>
+  <si>
+    <t>Salix hookeriana</t>
+  </si>
+  <si>
+    <t>1'/2'</t>
+  </si>
+  <si>
+    <t>Salix lasiandra</t>
+  </si>
+  <si>
+    <t>Salix lemmonii</t>
+  </si>
+  <si>
+    <t>4+</t>
+  </si>
+  <si>
+    <t>Salix purpurea 'nana'</t>
+  </si>
+  <si>
+    <t>15"/18" wide</t>
+  </si>
+  <si>
+    <t>Salix scouleriana</t>
+  </si>
+  <si>
+    <t>Salix sitchensis</t>
+  </si>
+  <si>
+    <t>Sambucus caerulea</t>
+  </si>
+  <si>
+    <t>Sambucus racemosa</t>
+  </si>
+  <si>
+    <t>Shepherdia argentea</t>
+  </si>
+  <si>
+    <t>Spiraea betulifolia</t>
+  </si>
+  <si>
+    <t>Spiraea densiflora (S. splendens var. splendens)</t>
+  </si>
+  <si>
+    <t>Spiraea douglasii</t>
+  </si>
+  <si>
+    <t>Symphoricarpos albus</t>
+  </si>
+  <si>
+    <t>Symphoricarpos mollis</t>
+  </si>
+  <si>
+    <t>Symphoricarpos rotundifolius</t>
+  </si>
+  <si>
+    <t>Syringa vulgaris</t>
+  </si>
+  <si>
+    <t>Thuja plicata</t>
+  </si>
+  <si>
+    <t>Willamette Valley, OR</t>
+  </si>
+  <si>
+    <t>10"/15"</t>
+  </si>
+  <si>
+    <t>S15 plugs</t>
+  </si>
+  <si>
+    <t>Tsuga heterophylla</t>
+  </si>
+  <si>
+    <t>Tsuga mertensiana</t>
+  </si>
+  <si>
+    <t>Umbellularia californica</t>
+  </si>
+  <si>
+    <t>Viburnum ellipticum</t>
+  </si>
+  <si>
+    <t>Vitis califonica</t>
+  </si>
+  <si>
+    <t>Actaea rubra</t>
+  </si>
+  <si>
+    <t>Perennials and Bulbs</t>
+  </si>
+  <si>
+    <t>Allium acuminatum</t>
+  </si>
+  <si>
+    <t>large</t>
+  </si>
+  <si>
+    <t>3/0 bulbs</t>
+  </si>
+  <si>
+    <t>medium</t>
+  </si>
+  <si>
+    <t>small</t>
+  </si>
+  <si>
+    <t>Allium amplectens</t>
+  </si>
+  <si>
+    <t>Allium campanulatum</t>
+  </si>
+  <si>
+    <t>Allium cernuum</t>
+  </si>
+  <si>
+    <t>Jeff County, WA</t>
+  </si>
+  <si>
+    <t>2/0 bulbs</t>
+  </si>
+  <si>
+    <t>Allium crenulatum</t>
+  </si>
+  <si>
+    <t>Allium validum</t>
+  </si>
+  <si>
+    <t>Aquilegia formosa</t>
+  </si>
+  <si>
+    <t>1/0 crowns</t>
+  </si>
+  <si>
+    <t>Aruncus dioicus</t>
+  </si>
+  <si>
+    <t>Asclepias speciosa</t>
+  </si>
+  <si>
+    <t>Aster subspicatus</t>
+  </si>
+  <si>
+    <t>Balsamhorriza sagittata</t>
+  </si>
+  <si>
+    <t>Brodiaea elegens</t>
+  </si>
+  <si>
+    <t>x-lage</t>
+  </si>
+  <si>
+    <t>Calochortus lutea</t>
+  </si>
+  <si>
+    <t>Calochortus monophyllus</t>
+  </si>
+  <si>
+    <t>Calochortus tolmiei</t>
+  </si>
+  <si>
+    <t>Camassia leichtlinii v. leichtlinii</t>
+  </si>
+  <si>
+    <t>Camassia leichtlinii v. suksdorfii</t>
+  </si>
+  <si>
+    <t>Camassia quamash</t>
+  </si>
+  <si>
+    <t>Castilleja miniata</t>
+  </si>
+  <si>
+    <t>Cimicifuga elata</t>
+  </si>
+  <si>
+    <t>Cynoglossum grande</t>
+  </si>
+  <si>
+    <t>Delphinium glaucum</t>
+  </si>
+  <si>
+    <t>Delphinium oreganum</t>
+  </si>
+  <si>
+    <t>Delphinium trolliifolium</t>
+  </si>
+  <si>
+    <t>Dicentra formosa</t>
+  </si>
+  <si>
+    <t>Dichelostemma conjestum</t>
+  </si>
+  <si>
+    <t>x-large</t>
+  </si>
+  <si>
+    <t>Disporum hookeri</t>
+  </si>
+  <si>
+    <t>Dodecatheon hendersonii</t>
+  </si>
+  <si>
+    <t>Eriogonum compositum</t>
+  </si>
+  <si>
+    <t>Eriogonum fasciculatum</t>
+  </si>
+  <si>
+    <t>Erythronium grandiflorum</t>
+  </si>
+  <si>
+    <t>Erythronium multiscapoideum</t>
+  </si>
+  <si>
+    <t>Erythronium oregonum</t>
+  </si>
+  <si>
+    <t>Erythronium revolutum</t>
+  </si>
+  <si>
+    <t>Fragaria chiloensis</t>
+  </si>
+  <si>
+    <t>Curry County, OR</t>
+  </si>
+  <si>
+    <t>rooted plant</t>
+  </si>
+  <si>
+    <t>divisions</t>
+  </si>
+  <si>
+    <t>Fragaria vesca</t>
+  </si>
+  <si>
+    <t>Fragaria virginiana</t>
+  </si>
+  <si>
+    <t>Fritillaria affinis ssp. affinis</t>
+  </si>
+  <si>
+    <t>Fritillaria atropurpurea</t>
+  </si>
+  <si>
+    <t>Geranium oreganum</t>
+  </si>
+  <si>
+    <t>Geum macrophyllum</t>
+  </si>
+  <si>
+    <t>Iris bracteata</t>
+  </si>
+  <si>
+    <t>Iris chrysophylla</t>
+  </si>
+  <si>
+    <t>Iris douglasiana</t>
+  </si>
+  <si>
+    <t>Iris inominata</t>
+  </si>
+  <si>
+    <t>Iris missouriensis</t>
+  </si>
+  <si>
+    <t>Deschutes County, OR</t>
+  </si>
+  <si>
+    <t>Iris sp. Pacific Coast Hybrid</t>
+  </si>
+  <si>
+    <t>Iris tenax</t>
+  </si>
+  <si>
+    <t>Liatrus pycnostachya</t>
+  </si>
+  <si>
+    <t>Utah</t>
+  </si>
+  <si>
+    <t>x-small</t>
+  </si>
+  <si>
+    <t>Lilium columbianum</t>
+  </si>
+  <si>
+    <t>Lilium humboltii</t>
+  </si>
+  <si>
+    <t>Lilium pardalinum</t>
+  </si>
+  <si>
+    <t>Lilium parvum</t>
+  </si>
+  <si>
+    <t>Lilium washingtonianum</t>
+  </si>
+  <si>
+    <t>Lomatium californicum</t>
+  </si>
+  <si>
+    <t>Lomatium dissectum</t>
+  </si>
+  <si>
+    <t>Polk County, OR</t>
+  </si>
+  <si>
+    <t>Lomatium nudicaule</t>
+  </si>
+  <si>
+    <t>Lomatium utriculatum</t>
+  </si>
+  <si>
+    <t>Lupinus rivularis</t>
+  </si>
+  <si>
+    <t>Mimulus cardinalis</t>
+  </si>
+  <si>
+    <t>Mimulus guttatus</t>
+  </si>
+  <si>
+    <t>Mimulus lewisii</t>
+  </si>
+  <si>
+    <t>Olysinum douglasii</t>
+  </si>
+  <si>
+    <t>Paeonia brownii</t>
+  </si>
+  <si>
+    <t>Washoe County, NV</t>
+  </si>
+  <si>
+    <t>Perideridia oregana</t>
+  </si>
+  <si>
+    <t>Potentilla gracilis</t>
+  </si>
+  <si>
+    <t>Prunella vulgaris</t>
+  </si>
+  <si>
+    <t>Ranunculus occidentalis</t>
+  </si>
+  <si>
+    <t>Rudbeckia occidentalis</t>
+  </si>
+  <si>
+    <t>Sidalcea campestris</t>
+  </si>
+  <si>
+    <t>Sidalcea cusickii</t>
+  </si>
+  <si>
+    <t>Sidalcea oregana ssp. spicata</t>
+  </si>
+  <si>
+    <t>Sidalcea virgata</t>
+  </si>
+  <si>
+    <t>Sisyrinchium idahoense</t>
+  </si>
+  <si>
+    <t>Smilacina racemosa</t>
+  </si>
+  <si>
+    <t>Smilacina stellata</t>
+  </si>
+  <si>
+    <t>Solidago canadensis</t>
+  </si>
+  <si>
+    <t>Thalictrum occidentale</t>
+  </si>
+  <si>
+    <t>Thalictrum polycarpum</t>
+  </si>
+  <si>
+    <t>Trillium albidum</t>
+  </si>
+  <si>
+    <t>4/0 bulbs</t>
+  </si>
+  <si>
+    <t>Trillium ovatum</t>
+  </si>
+  <si>
+    <t>Triteleia hyacinthina</t>
+  </si>
+  <si>
     <t>Lane County, OR</t>
-  </si>
-[...580 lines deleted...]
-    <t>Triteleia hyacinthina</t>
   </si>
   <si>
     <t>Triteleia ixioides</t>
   </si>
   <si>
     <t>Vancouveria hexandra</t>
   </si>
   <si>
     <t>Veratrum viride</t>
   </si>
   <si>
     <t>Viola adunca</t>
   </si>
   <si>
     <t>Wyethia amplexicaulis</t>
   </si>
   <si>
     <t>Wyethia angustifolia</t>
   </si>
   <si>
     <t>Yucca filamentosa</t>
   </si>
   <si>
     <t>Yucca glauca</t>
   </si>
@@ -1307,51 +1292,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K279"/>
+  <dimension ref="A1:K283"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="K3" sqref="K3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="2"/>
     <col min="5" max="5" width="15" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="15" customWidth="true" style="2"/>
     <col min="9" max="9" width="15" customWidth="true" style="2"/>
     <col min="10" max="10" width="15" customWidth="true" style="2"/>
     <col min="11" max="11" width="15" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -2017,51 +2002,51 @@
       </c>
       <c r="H24" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I24" s="2">
         <v>25</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" t="s">
         <v>40</v>
       </c>
       <c r="B25" t="s">
         <v>13</v>
       </c>
       <c r="C25" t="s">
         <v>14</v>
       </c>
       <c r="D25" s="2">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F25" s="2">
         <v>0.9</v>
       </c>
       <c r="G25" s="2">
         <v>0.6</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I25" s="2">
         <v>100</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" t="s">
@@ -2368,51 +2353,51 @@
       </c>
       <c r="H35" s="2">
         <v>1</v>
       </c>
       <c r="I35" s="2">
         <v>100</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" t="s">
         <v>53</v>
       </c>
       <c r="B36" t="s">
         <v>13</v>
       </c>
       <c r="C36" t="s">
         <v>54</v>
       </c>
       <c r="D36" s="2">
-        <v>450</v>
+        <v>50</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F36" s="2">
         <v>1.43</v>
       </c>
       <c r="G36" s="2">
         <v>0.95</v>
       </c>
       <c r="H36" s="2">
         <v>1</v>
       </c>
       <c r="I36" s="2">
         <v>50</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" t="s">
@@ -2760,7288 +2745,7422 @@
       <c r="E47" s="2"/>
       <c r="F47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J47" s="2"/>
       <c r="K47" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" t="s">
         <v>62</v>
       </c>
       <c r="B48" t="s">
         <v>13</v>
       </c>
-      <c r="C48" t="s">
-[...12 lines deleted...]
-        <v>0.6</v>
+      <c r="C48"/>
+      <c r="D48" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E48" s="2"/>
+      <c r="F48" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G48" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H48" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I48" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J48" s="2"/>
       <c r="K48" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B49" t="s">
         <v>13</v>
       </c>
       <c r="C49"/>
       <c r="D49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E49" s="2"/>
       <c r="F49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J49" s="2"/>
       <c r="K49" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B50" t="s">
         <v>13</v>
       </c>
       <c r="C50"/>
       <c r="D50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E50" s="2"/>
       <c r="F50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J50" s="2"/>
       <c r="K50" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B51" t="s">
         <v>13</v>
       </c>
       <c r="C51"/>
       <c r="D51" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E51" s="2"/>
       <c r="F51" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J51" s="2"/>
       <c r="K51" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B52" t="s">
         <v>13</v>
       </c>
       <c r="C52"/>
       <c r="D52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E52" s="2"/>
       <c r="F52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J52" s="2"/>
       <c r="K52" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B53" t="s">
         <v>13</v>
       </c>
       <c r="C53"/>
       <c r="D53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E53" s="2"/>
       <c r="F53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J53" s="2"/>
       <c r="K53" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B54" t="s">
         <v>13</v>
       </c>
       <c r="C54" t="s">
         <v>54</v>
       </c>
       <c r="D54" s="2">
-        <v>134</v>
+        <v>60</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>1.73</v>
+        <v>41</v>
+      </c>
+      <c r="F54" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="G54" s="2">
-        <v>1.15</v>
+        <v>1.65</v>
       </c>
       <c r="H54" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I54" s="2">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B55" t="s">
         <v>13</v>
       </c>
       <c r="C55" t="s">
         <v>54</v>
       </c>
       <c r="D55" s="2">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G55" s="2">
-        <v>1.65</v>
+        <v>2.25</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I55" s="2">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" t="s">
         <v>69</v>
       </c>
       <c r="B56" t="s">
         <v>13</v>
       </c>
-      <c r="C56" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="C56"/>
+      <c r="D56" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E56" s="2"/>
       <c r="F56" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="G56" s="2">
-        <v>2.25</v>
+      <c r="G56" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H56" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I56" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J56" s="2"/>
       <c r="K56" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" t="s">
         <v>70</v>
       </c>
       <c r="B57" t="s">
         <v>13</v>
       </c>
-      <c r="C57"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C57" t="s">
+        <v>14</v>
+      </c>
+      <c r="D57" s="2">
+        <v>100</v>
+      </c>
+      <c r="E57" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F57" s="2">
+        <v>1.2</v>
+      </c>
+      <c r="G57" s="2">
+        <v>0.8</v>
       </c>
       <c r="H57" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J57" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I57" s="2">
+        <v>50</v>
+      </c>
+      <c r="J57" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K57" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B58" t="s">
         <v>13</v>
       </c>
-      <c r="C58"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C58" t="s">
+        <v>14</v>
+      </c>
+      <c r="D58" s="2">
+        <v>863</v>
+      </c>
+      <c r="E58" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F58" s="2">
+        <v>1.43</v>
+      </c>
+      <c r="G58" s="2">
+        <v>0.95</v>
       </c>
       <c r="H58" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J58" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I58" s="2">
+        <v>50</v>
+      </c>
+      <c r="J58" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K58" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B59" t="s">
         <v>13</v>
       </c>
       <c r="C59" t="s">
         <v>14</v>
       </c>
       <c r="D59" s="2">
-        <v>100</v>
+        <v>210</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F59" s="2">
-        <v>7.13</v>
+        <v>1.8</v>
       </c>
       <c r="G59" s="2">
-        <v>4.75</v>
+        <v>1.2</v>
       </c>
       <c r="H59" s="2" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="I59" s="2">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B60" t="s">
         <v>13</v>
       </c>
-      <c r="C60"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C60" t="s">
+        <v>14</v>
+      </c>
+      <c r="D60" s="2">
+        <v>1260</v>
+      </c>
+      <c r="E60" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F60" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="G60" s="2">
+        <v>0.4</v>
       </c>
       <c r="H60" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J60" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I60" s="2">
+        <v>100</v>
+      </c>
+      <c r="J60" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K60" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="B61" t="s">
         <v>13</v>
       </c>
-      <c r="C61"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C61" t="s">
+        <v>14</v>
+      </c>
+      <c r="D61" s="2">
+        <v>50</v>
+      </c>
+      <c r="E61" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F61" s="2">
+        <v>4.48</v>
+      </c>
+      <c r="G61" s="2">
+        <v>2.95</v>
       </c>
       <c r="H61" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J61" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I61" s="2">
+        <v>25</v>
+      </c>
+      <c r="J61" s="2" t="s">
+        <v>72</v>
+      </c>
       <c r="K61" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="B62" t="s">
         <v>13</v>
       </c>
       <c r="C62" t="s">
-        <v>77</v>
-[...9 lines deleted...]
-        <v>17</v>
+        <v>14</v>
+      </c>
+      <c r="D62" s="2">
+        <v>50</v>
+      </c>
+      <c r="E62" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F62" s="2">
+        <v>5.63</v>
+      </c>
+      <c r="G62" s="2">
+        <v>3.75</v>
       </c>
       <c r="H62" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>28</v>
+      </c>
+      <c r="I62" s="2">
+        <v>25</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="B63" t="s">
         <v>13</v>
       </c>
-      <c r="C63" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="C63"/>
+      <c r="D63" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E63" s="2"/>
+      <c r="F63" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G63" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H63" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I63" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J63" s="2"/>
       <c r="K63" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="B64" t="s">
         <v>13</v>
       </c>
       <c r="C64"/>
       <c r="D64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E64" s="2"/>
       <c r="F64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J64" s="2"/>
       <c r="K64" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="B65" t="s">
         <v>13</v>
       </c>
-      <c r="C65" t="s">
-[...9 lines deleted...]
-        <v>5.0</v>
+      <c r="C65"/>
+      <c r="D65" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E65" s="2"/>
+      <c r="F65" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H65" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I65" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J65" s="2"/>
       <c r="K65" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" t="s">
-        <v>87</v>
+        <v>76</v>
       </c>
       <c r="B66" t="s">
         <v>13</v>
       </c>
-      <c r="C66" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="C66"/>
+      <c r="D66" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E66" s="2"/>
+      <c r="F66" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G66" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H66" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I66" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J66" s="2"/>
       <c r="K66" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="B67" t="s">
         <v>13</v>
       </c>
       <c r="C67" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="D67" s="2">
-        <v>350</v>
+        <v>15</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="F67" s="2">
-        <v>3.72</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>5.0</v>
+      </c>
+      <c r="G67" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H67" s="2" t="s">
+        <v>28</v>
       </c>
       <c r="I67" s="2">
         <v>25</v>
       </c>
       <c r="J67" s="2" t="s">
-        <v>29</v>
+        <v>80</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="B68" t="s">
         <v>13</v>
       </c>
       <c r="C68" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="D68" s="2">
-        <v>39</v>
+        <v>2600</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="F68" s="2">
-        <v>7.25</v>
-[...5 lines deleted...]
-        <v>91</v>
+        <v>1.08</v>
+      </c>
+      <c r="G68" s="2">
+        <v>0.72</v>
+      </c>
+      <c r="H68" s="2">
+        <v>1</v>
       </c>
       <c r="I68" s="2">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>86</v>
+        <v>29</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="B69" t="s">
         <v>13</v>
       </c>
       <c r="C69" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="D69" s="2">
-        <v>48</v>
+        <v>350</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="F69" s="2">
-        <v>9.5</v>
-[...5 lines deleted...]
-        <v>91</v>
+        <v>3.72</v>
+      </c>
+      <c r="G69" s="2">
+        <v>2.48</v>
+      </c>
+      <c r="H69" s="2">
+        <v>1</v>
       </c>
       <c r="I69" s="2">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="J69" s="2" t="s">
-        <v>86</v>
+        <v>29</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="B70" t="s">
         <v>13</v>
       </c>
       <c r="C70" t="s">
+        <v>78</v>
+      </c>
+      <c r="D70" s="2">
+        <v>39</v>
+      </c>
+      <c r="E70" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="D70" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="F70" s="2">
-        <v>7.0</v>
+        <v>7.25</v>
       </c>
       <c r="G70" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H70" s="2" t="s">
-        <v>28</v>
+        <v>85</v>
       </c>
       <c r="I70" s="2">
         <v>20</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="B71" t="s">
         <v>13</v>
       </c>
       <c r="C71" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="D71" s="2">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="E71" s="2" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="F71" s="2">
-        <v>12.5</v>
+        <v>9.5</v>
       </c>
       <c r="G71" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H71" s="2" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="I71" s="2">
         <v>15</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" t="s">
+        <v>81</v>
+      </c>
+      <c r="B72" t="s">
+        <v>13</v>
+      </c>
+      <c r="C72" t="s">
+        <v>78</v>
+      </c>
+      <c r="D72" s="2">
+        <v>11</v>
+      </c>
+      <c r="E72" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="B72" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F72" s="2">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H72" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I72" s="2">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="B73" t="s">
         <v>13</v>
       </c>
       <c r="C73" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="D73" s="2">
-        <v>116</v>
+        <v>97</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="F73" s="2">
-        <v>16.0</v>
+        <v>12.5</v>
       </c>
       <c r="G73" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H73" s="2" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="I73" s="2">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="J73" s="2" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="B74" t="s">
         <v>13</v>
       </c>
       <c r="C74" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="D74" s="2">
-        <v>109</v>
+        <v>21</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="F74" s="2">
-        <v>11.0</v>
+        <v>8.0</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I74" s="2">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" t="s">
-        <v>98</v>
+        <v>81</v>
       </c>
       <c r="B75" t="s">
         <v>13</v>
       </c>
       <c r="C75" t="s">
-        <v>54</v>
+        <v>78</v>
       </c>
       <c r="D75" s="2">
-        <v>500</v>
+        <v>116</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>47</v>
+        <v>90</v>
       </c>
       <c r="F75" s="2">
-        <v>1.43</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>16.0</v>
+      </c>
+      <c r="G75" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H75" s="2" t="s">
+        <v>85</v>
       </c>
       <c r="I75" s="2">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>29</v>
+        <v>80</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" t="s">
-        <v>98</v>
+        <v>81</v>
       </c>
       <c r="B76" t="s">
         <v>13</v>
       </c>
       <c r="C76" t="s">
-        <v>54</v>
+        <v>78</v>
       </c>
       <c r="D76" s="2">
-        <v>213</v>
+        <v>109</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>41</v>
+        <v>91</v>
       </c>
       <c r="F76" s="2">
-        <v>1.88</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>11.0</v>
+      </c>
+      <c r="G76" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H76" s="2" t="s">
+        <v>28</v>
       </c>
       <c r="I76" s="2">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="J76" s="2" t="s">
-        <v>29</v>
+        <v>80</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="B77" t="s">
         <v>13</v>
       </c>
       <c r="C77" t="s">
         <v>54</v>
       </c>
       <c r="D77" s="2">
-        <v>2630</v>
+        <v>500</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="F77" s="2">
-        <v>0.9</v>
+        <v>1.43</v>
       </c>
       <c r="G77" s="2">
-        <v>0.6</v>
+        <v>0.95</v>
       </c>
       <c r="H77" s="2">
         <v>1</v>
       </c>
       <c r="I77" s="2">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="B78" t="s">
         <v>13</v>
       </c>
-      <c r="C78"/>
-[...16 lines deleted...]
-      <c r="J78" s="2"/>
+      <c r="C78" t="s">
+        <v>54</v>
+      </c>
+      <c r="D78" s="2">
+        <v>213</v>
+      </c>
+      <c r="E78" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F78" s="2">
+        <v>1.88</v>
+      </c>
+      <c r="G78" s="2">
+        <v>1.25</v>
+      </c>
+      <c r="H78" s="2">
+        <v>1</v>
+      </c>
+      <c r="I78" s="2">
+        <v>25</v>
+      </c>
+      <c r="J78" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K78" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" t="s">
+        <v>92</v>
+      </c>
+      <c r="B79" t="s">
+        <v>13</v>
+      </c>
+      <c r="C79" t="s">
+        <v>54</v>
+      </c>
+      <c r="D79" s="2">
+        <v>2130</v>
+      </c>
+      <c r="E79" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F79" s="2">
+        <v>0.9</v>
+      </c>
+      <c r="G79" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="H79" s="2">
+        <v>1</v>
+      </c>
+      <c r="I79" s="2">
         <v>100</v>
       </c>
-      <c r="B79" t="s">
-[...19 lines deleted...]
-      <c r="J79" s="2"/>
+      <c r="J79" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K79" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="B80" t="s">
         <v>13</v>
       </c>
       <c r="C80"/>
       <c r="D80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E80" s="2"/>
       <c r="F80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J80" s="2"/>
       <c r="K80" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="B81" t="s">
         <v>13</v>
       </c>
-      <c r="C81" t="s">
-[...12 lines deleted...]
-        <v>0.45</v>
+      <c r="C81"/>
+      <c r="D81" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E81" s="2"/>
+      <c r="F81" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G81" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H81" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I81" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J81" s="2"/>
       <c r="K81" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" t="s">
-        <v>102</v>
+        <v>95</v>
       </c>
       <c r="B82" t="s">
         <v>13</v>
       </c>
-      <c r="C82" t="s">
-[...12 lines deleted...]
-        <v>0.65</v>
+      <c r="C82"/>
+      <c r="D82" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E82" s="2"/>
+      <c r="F82" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G82" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H82" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I82" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J82" s="2"/>
       <c r="K82" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="B83" t="s">
         <v>13</v>
       </c>
-      <c r="C83"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C83" t="s">
+        <v>14</v>
+      </c>
+      <c r="D83" s="2">
+        <v>1640</v>
+      </c>
+      <c r="E83" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F83" s="2">
+        <v>0.68</v>
+      </c>
+      <c r="G83" s="2">
+        <v>0.45</v>
       </c>
       <c r="H83" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J83" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I83" s="2">
+        <v>100</v>
+      </c>
+      <c r="J83" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K83" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="B84" t="s">
         <v>13</v>
       </c>
-      <c r="C84"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C84" t="s">
+        <v>14</v>
+      </c>
+      <c r="D84" s="2">
+        <v>2015</v>
+      </c>
+      <c r="E84" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F84" s="2">
+        <v>0.98</v>
+      </c>
+      <c r="G84" s="2">
+        <v>0.65</v>
       </c>
       <c r="H84" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J84" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I84" s="2">
+        <v>100</v>
+      </c>
+      <c r="J84" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K84" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="B85" t="s">
         <v>13</v>
       </c>
       <c r="C85"/>
       <c r="D85" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E85" s="2"/>
       <c r="F85" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G85" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H85" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I85" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J85" s="2"/>
       <c r="K85" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="B86" t="s">
         <v>13</v>
       </c>
       <c r="C86"/>
       <c r="D86" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E86" s="2"/>
       <c r="F86" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G86" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H86" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I86" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J86" s="2"/>
       <c r="K86" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="B87" t="s">
         <v>13</v>
       </c>
       <c r="C87"/>
       <c r="D87" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E87" s="2"/>
       <c r="F87" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H87" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J87" s="2"/>
       <c r="K87" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="B88" t="s">
         <v>13</v>
       </c>
       <c r="C88"/>
       <c r="D88" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E88" s="2"/>
       <c r="F88" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H88" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I88" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J88" s="2"/>
       <c r="K88" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="B89" t="s">
         <v>13</v>
       </c>
       <c r="C89"/>
       <c r="D89" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E89" s="2"/>
       <c r="F89" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H89" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J89" s="2"/>
       <c r="K89" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="B90" t="s">
         <v>13</v>
       </c>
       <c r="C90"/>
       <c r="D90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E90" s="2"/>
       <c r="F90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J90" s="2"/>
       <c r="K90" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="B91" t="s">
         <v>13</v>
       </c>
       <c r="C91"/>
       <c r="D91" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E91" s="2"/>
       <c r="F91" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I91" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J91" s="2"/>
       <c r="K91" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="B92" t="s">
         <v>13</v>
       </c>
       <c r="C92"/>
-      <c r="D92" s="2">
-[...19 lines deleted...]
-      </c>
+      <c r="D92" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E92" s="2"/>
+      <c r="F92" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G92" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H92" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I92" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J92" s="2"/>
       <c r="K92" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="B93" t="s">
         <v>13</v>
       </c>
       <c r="C93"/>
       <c r="D93" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E93" s="2"/>
       <c r="F93" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J93" s="2"/>
       <c r="K93" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="B94" t="s">
         <v>13</v>
       </c>
       <c r="C94"/>
-      <c r="D94" s="2" t="s">
-[...15 lines deleted...]
-      <c r="J94" s="2"/>
+      <c r="D94" s="2">
+        <v>200</v>
+      </c>
+      <c r="E94" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F94" s="2">
+        <v>2.1</v>
+      </c>
+      <c r="G94" s="2">
+        <v>1.4</v>
+      </c>
+      <c r="H94" s="2">
+        <v>1</v>
+      </c>
+      <c r="I94" s="2">
+        <v>50</v>
+      </c>
+      <c r="J94" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K94" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
       <c r="B95" t="s">
         <v>13</v>
       </c>
       <c r="C95"/>
       <c r="D95" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E95" s="2"/>
       <c r="F95" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G95" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H95" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I95" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J95" s="2"/>
       <c r="K95" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="B96" t="s">
         <v>13</v>
       </c>
-      <c r="C96" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="C96"/>
+      <c r="D96" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E96" s="2"/>
+      <c r="F96" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G96" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H96" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I96" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J96" s="2"/>
       <c r="K96" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" t="s">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="B97" t="s">
         <v>13</v>
       </c>
-      <c r="C97" t="s">
-[...12 lines deleted...]
-        <v>0.45</v>
+      <c r="C97"/>
+      <c r="D97" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E97" s="2"/>
+      <c r="F97" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G97" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H97" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I97" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J97" s="2"/>
       <c r="K97" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="B98" t="s">
         <v>13</v>
       </c>
       <c r="C98" t="s">
-        <v>84</v>
-[...11 lines deleted...]
-        <v>0.65</v>
+        <v>14</v>
+      </c>
+      <c r="D98" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E98" s="2"/>
+      <c r="F98" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G98" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H98" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I98" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J98" s="2"/>
       <c r="K98" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="B99" t="s">
         <v>13</v>
       </c>
       <c r="C99" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="D99" s="2">
-        <v>210</v>
+        <v>463</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>31</v>
+        <v>112</v>
       </c>
       <c r="F99" s="2">
-        <v>1.43</v>
+        <v>0.68</v>
       </c>
       <c r="G99" s="2">
-        <v>0.95</v>
+        <v>0.45</v>
       </c>
       <c r="H99" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I99" s="2">
         <v>100</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="B100" t="s">
         <v>13</v>
       </c>
-      <c r="C100"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C100" t="s">
+        <v>78</v>
+      </c>
+      <c r="D100" s="2">
+        <v>672</v>
+      </c>
+      <c r="E100" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F100" s="2">
+        <v>0.98</v>
+      </c>
+      <c r="G100" s="2">
+        <v>0.65</v>
       </c>
       <c r="H100" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J100" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I100" s="2">
+        <v>100</v>
+      </c>
+      <c r="J100" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K100" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" t="s">
-        <v>120</v>
+        <v>111</v>
       </c>
       <c r="B101" t="s">
         <v>13</v>
       </c>
-      <c r="C101"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C101" t="s">
+        <v>78</v>
+      </c>
+      <c r="D101" s="2">
+        <v>210</v>
+      </c>
+      <c r="E101" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F101" s="2">
+        <v>1.43</v>
+      </c>
+      <c r="G101" s="2">
+        <v>0.95</v>
       </c>
       <c r="H101" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J101" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I101" s="2">
+        <v>100</v>
+      </c>
+      <c r="J101" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K101" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="B102" t="s">
         <v>13</v>
       </c>
       <c r="C102"/>
       <c r="D102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E102" s="2"/>
       <c r="F102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J102" s="2"/>
       <c r="K102" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="B103" t="s">
         <v>13</v>
       </c>
       <c r="C103"/>
       <c r="D103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E103" s="2"/>
       <c r="F103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J103" s="2"/>
       <c r="K103" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="B104" t="s">
         <v>13</v>
       </c>
       <c r="C104"/>
       <c r="D104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E104" s="2"/>
       <c r="F104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J104" s="2"/>
       <c r="K104" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="B105" t="s">
         <v>13</v>
       </c>
       <c r="C105"/>
       <c r="D105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E105" s="2"/>
       <c r="F105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J105" s="2"/>
       <c r="K105" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="B106" t="s">
         <v>13</v>
       </c>
       <c r="C106"/>
       <c r="D106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E106" s="2"/>
       <c r="F106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J106" s="2"/>
       <c r="K106" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
       <c r="B107" t="s">
         <v>13</v>
       </c>
-      <c r="C107" t="s">
-[...12 lines deleted...]
-        <v>0.85</v>
+      <c r="C107"/>
+      <c r="D107" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E107" s="2"/>
+      <c r="F107" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G107" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H107" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I107" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J107" s="2"/>
       <c r="K107" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" t="s">
-        <v>128</v>
+        <v>119</v>
       </c>
       <c r="B108" t="s">
         <v>13</v>
       </c>
       <c r="C108"/>
       <c r="D108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E108" s="2"/>
       <c r="F108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J108" s="2"/>
       <c r="K108" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" t="s">
-        <v>129</v>
+        <v>120</v>
       </c>
       <c r="B109" t="s">
         <v>13</v>
       </c>
-      <c r="C109"/>
+      <c r="C109" t="s">
+        <v>121</v>
+      </c>
       <c r="D109" s="2">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="E109" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>31</v>
+      </c>
+      <c r="F109" s="2">
+        <v>1.28</v>
       </c>
       <c r="G109" s="2">
-        <v>2.95</v>
+        <v>0.85</v>
       </c>
       <c r="H109" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I109" s="2">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="J109" s="2" t="s">
-        <v>130</v>
+        <v>29</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" t="s">
-        <v>129</v>
+        <v>122</v>
       </c>
       <c r="B110" t="s">
         <v>13</v>
       </c>
       <c r="C110"/>
-      <c r="D110" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="D110" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E110" s="2"/>
       <c r="F110" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="G110" s="2">
-        <v>3.75</v>
+      <c r="G110" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H110" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I110" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J110" s="2"/>
       <c r="K110" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B111" t="s">
         <v>13</v>
       </c>
       <c r="C111"/>
       <c r="D111" s="2">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E111" s="2" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G111" s="2">
-        <v>1.75</v>
+        <v>2.95</v>
       </c>
       <c r="H111" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I111" s="2">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="J111" s="2" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="B112" t="s">
         <v>13</v>
       </c>
       <c r="C112"/>
-      <c r="D112" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E112" s="2"/>
+      <c r="D112" s="2">
+        <v>9</v>
+      </c>
+      <c r="E112" s="2" t="s">
+        <v>41</v>
+      </c>
       <c r="F112" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="G112" s="2" t="s">
-        <v>17</v>
+      <c r="G112" s="2">
+        <v>3.75</v>
       </c>
       <c r="H112" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J112" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I112" s="2">
+        <v>9</v>
+      </c>
+      <c r="J112" s="2" t="s">
+        <v>124</v>
+      </c>
       <c r="K112" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" t="s">
-        <v>132</v>
+        <v>123</v>
       </c>
       <c r="B113" t="s">
         <v>13</v>
       </c>
       <c r="C113"/>
-      <c r="D113" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E113" s="2"/>
+      <c r="D113" s="2">
+        <v>17</v>
+      </c>
+      <c r="E113" s="2" t="s">
+        <v>31</v>
+      </c>
       <c r="F113" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="G113" s="2" t="s">
-        <v>17</v>
+      <c r="G113" s="2">
+        <v>1.75</v>
       </c>
       <c r="H113" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J113" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I113" s="2">
+        <v>17</v>
+      </c>
+      <c r="J113" s="2" t="s">
+        <v>124</v>
+      </c>
       <c r="K113" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="B114" t="s">
         <v>13</v>
       </c>
       <c r="C114"/>
       <c r="D114" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E114" s="2"/>
       <c r="F114" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G114" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H114" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I114" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J114" s="2"/>
       <c r="K114" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="B115" t="s">
         <v>13</v>
       </c>
       <c r="C115"/>
       <c r="D115" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E115" s="2"/>
       <c r="F115" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G115" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H115" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I115" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J115" s="2"/>
       <c r="K115" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="B116" t="s">
         <v>13</v>
       </c>
       <c r="C116"/>
       <c r="D116" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E116" s="2"/>
       <c r="F116" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G116" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H116" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I116" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J116" s="2"/>
       <c r="K116" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="B117" t="s">
         <v>13</v>
       </c>
       <c r="C117"/>
       <c r="D117" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E117" s="2"/>
       <c r="F117" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G117" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H117" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I117" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J117" s="2"/>
       <c r="K117" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="B118" t="s">
         <v>13</v>
       </c>
       <c r="C118"/>
       <c r="D118" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E118" s="2"/>
       <c r="F118" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G118" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H118" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I118" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J118" s="2"/>
       <c r="K118" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="B119" t="s">
         <v>13</v>
       </c>
       <c r="C119"/>
       <c r="D119" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E119" s="2"/>
       <c r="F119" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G119" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H119" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I119" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J119" s="2"/>
       <c r="K119" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="B120" t="s">
         <v>13</v>
       </c>
       <c r="C120"/>
       <c r="D120" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E120" s="2"/>
       <c r="F120" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G120" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I120" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J120" s="2"/>
       <c r="K120" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="B121" t="s">
         <v>13</v>
       </c>
       <c r="C121"/>
       <c r="D121" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E121" s="2"/>
       <c r="F121" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G121" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H121" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I121" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J121" s="2"/>
       <c r="K121" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
       <c r="B122" t="s">
         <v>13</v>
       </c>
       <c r="C122"/>
       <c r="D122" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E122" s="2"/>
       <c r="F122" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G122" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H122" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I122" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J122" s="2"/>
       <c r="K122" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
       <c r="B123" t="s">
         <v>13</v>
       </c>
-      <c r="C123" t="s">
-[...12 lines deleted...]
-        <v>0.85</v>
+      <c r="C123"/>
+      <c r="D123" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E123" s="2"/>
+      <c r="F123" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G123" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H123" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I123" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J123" s="2"/>
       <c r="K123" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" t="s">
-        <v>142</v>
+        <v>135</v>
       </c>
       <c r="B124" t="s">
         <v>13</v>
       </c>
-      <c r="C124" t="s">
-[...12 lines deleted...]
-        <v>1.1</v>
+      <c r="C124"/>
+      <c r="D124" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E124" s="2"/>
+      <c r="F124" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G124" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H124" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I124" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J124" s="2"/>
       <c r="K124" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="B125" t="s">
         <v>13</v>
       </c>
       <c r="C125" t="s">
         <v>14</v>
       </c>
       <c r="D125" s="2">
-        <v>600</v>
+        <v>572</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>31</v>
+        <v>137</v>
       </c>
       <c r="F125" s="2">
-        <v>0.9</v>
+        <v>1.28</v>
       </c>
       <c r="G125" s="2">
-        <v>0.6</v>
+        <v>0.85</v>
       </c>
       <c r="H125" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I125" s="2">
         <v>50</v>
       </c>
       <c r="J125" s="2" t="s">
         <v>48</v>
       </c>
       <c r="K125" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" t="s">
-        <v>144</v>
+        <v>136</v>
       </c>
       <c r="B126" t="s">
         <v>13</v>
       </c>
       <c r="C126" t="s">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="D126" s="2">
-        <v>2386</v>
+        <v>964</v>
       </c>
       <c r="E126" s="2" t="s">
-        <v>143</v>
+        <v>41</v>
       </c>
       <c r="F126" s="2">
-        <v>1.28</v>
+        <v>1.65</v>
       </c>
       <c r="G126" s="2">
-        <v>0.85</v>
+        <v>1.1</v>
       </c>
       <c r="H126" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I126" s="2">
         <v>50</v>
       </c>
       <c r="J126" s="2" t="s">
         <v>48</v>
       </c>
       <c r="K126" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" t="s">
-        <v>144</v>
+        <v>136</v>
       </c>
       <c r="B127" t="s">
         <v>13</v>
       </c>
       <c r="C127" t="s">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="D127" s="2">
-        <v>466</v>
+        <v>600</v>
       </c>
       <c r="E127" s="2" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="F127" s="2">
-        <v>1.65</v>
+        <v>0.9</v>
       </c>
       <c r="G127" s="2">
-        <v>1.1</v>
+        <v>0.6</v>
       </c>
       <c r="H127" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I127" s="2">
         <v>50</v>
       </c>
       <c r="J127" s="2" t="s">
         <v>48</v>
       </c>
       <c r="K127" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="B128" t="s">
         <v>13</v>
       </c>
       <c r="C128" t="s">
         <v>54</v>
       </c>
       <c r="D128" s="2">
-        <v>71</v>
+        <v>2086</v>
       </c>
       <c r="E128" s="2" t="s">
-        <v>43</v>
+        <v>137</v>
       </c>
       <c r="F128" s="2">
-        <v>2.1</v>
+        <v>1.28</v>
       </c>
       <c r="G128" s="2">
-        <v>1.4</v>
+        <v>0.85</v>
       </c>
       <c r="H128" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I128" s="2">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="J128" s="2" t="s">
         <v>48</v>
       </c>
       <c r="K128" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="B129" t="s">
         <v>13</v>
       </c>
       <c r="C129" t="s">
         <v>54</v>
       </c>
       <c r="D129" s="2">
-        <v>578</v>
+        <v>466</v>
       </c>
       <c r="E129" s="2" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="F129" s="2">
-        <v>0.9</v>
+        <v>1.65</v>
       </c>
       <c r="G129" s="2">
-        <v>0.6</v>
+        <v>1.1</v>
       </c>
       <c r="H129" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I129" s="2">
         <v>50</v>
       </c>
       <c r="J129" s="2" t="s">
         <v>48</v>
       </c>
       <c r="K129" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B130" t="s">
         <v>13</v>
       </c>
       <c r="C130" t="s">
-        <v>127</v>
+        <v>54</v>
       </c>
       <c r="D130" s="2">
-        <v>30</v>
+        <v>71</v>
       </c>
       <c r="E130" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F130" s="2">
-        <v>5.18</v>
+        <v>2.1</v>
       </c>
       <c r="G130" s="2">
-        <v>3.65</v>
+        <v>1.4</v>
       </c>
       <c r="H130" s="2" t="s">
-        <v>146</v>
+        <v>28</v>
       </c>
       <c r="I130" s="2">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="J130" s="2" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="K130" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" t="s">
-        <v>147</v>
+        <v>138</v>
       </c>
       <c r="B131" t="s">
         <v>13</v>
       </c>
-      <c r="C131"/>
+      <c r="C131" t="s">
+        <v>54</v>
+      </c>
       <c r="D131" s="2">
-        <v>100</v>
+        <v>578</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>148</v>
+        <v>31</v>
       </c>
       <c r="F131" s="2">
-        <v>5.18</v>
+        <v>0.9</v>
       </c>
       <c r="G131" s="2">
-        <v>3.65</v>
+        <v>0.6</v>
       </c>
       <c r="H131" s="2" t="s">
-        <v>146</v>
+        <v>28</v>
       </c>
       <c r="I131" s="2">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="J131" s="2" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="K131" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" t="s">
-        <v>149</v>
+        <v>139</v>
       </c>
       <c r="B132" t="s">
         <v>13</v>
       </c>
       <c r="C132" t="s">
-        <v>54</v>
+        <v>121</v>
       </c>
       <c r="D132" s="2">
-        <v>600</v>
+        <v>30</v>
       </c>
       <c r="E132" s="2" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="F132" s="2">
-        <v>1.2</v>
+        <v>5.18</v>
       </c>
       <c r="G132" s="2">
-        <v>0.8</v>
+        <v>3.65</v>
       </c>
       <c r="H132" s="2" t="s">
-        <v>28</v>
+        <v>140</v>
       </c>
       <c r="I132" s="2">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="J132" s="2" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="K132" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="B133" t="s">
         <v>13</v>
       </c>
-      <c r="C133" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C133"/>
       <c r="D133" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="E133" s="2" t="s">
-        <v>47</v>
+        <v>142</v>
       </c>
       <c r="F133" s="2">
-        <v>1.43</v>
+        <v>5.18</v>
       </c>
       <c r="G133" s="2">
-        <v>0.95</v>
+        <v>3.65</v>
       </c>
       <c r="H133" s="2" t="s">
-        <v>28</v>
+        <v>140</v>
       </c>
       <c r="I133" s="2">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="J133" s="2" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="K133" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="B134" t="s">
         <v>13</v>
       </c>
       <c r="C134" t="s">
         <v>54</v>
       </c>
       <c r="D134" s="2">
-        <v>425</v>
+        <v>300</v>
       </c>
       <c r="E134" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="F134" s="2">
-        <v>0.9</v>
+        <v>1.2</v>
       </c>
       <c r="G134" s="2">
-        <v>0.6</v>
+        <v>0.8</v>
       </c>
       <c r="H134" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I134" s="2">
         <v>50</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>48</v>
       </c>
       <c r="K134" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="B135" t="s">
         <v>13</v>
       </c>
       <c r="C135" t="s">
         <v>54</v>
       </c>
       <c r="D135" s="2">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="E135" s="2" t="s">
-        <v>143</v>
+        <v>47</v>
       </c>
       <c r="F135" s="2">
-        <v>2.18</v>
+        <v>1.43</v>
       </c>
       <c r="G135" s="2">
-        <v>1.45</v>
+        <v>0.95</v>
       </c>
       <c r="H135" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I135" s="2">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="J135" s="2" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="K135" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="B136" t="s">
         <v>13</v>
       </c>
       <c r="C136" t="s">
         <v>54</v>
       </c>
       <c r="D136" s="2">
-        <v>315</v>
+        <v>425</v>
       </c>
       <c r="E136" s="2" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="F136" s="2">
-        <v>2.93</v>
+        <v>0.9</v>
       </c>
       <c r="G136" s="2">
-        <v>1.95</v>
+        <v>0.6</v>
       </c>
       <c r="H136" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I136" s="2">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="J136" s="2" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="K136" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="B137" t="s">
         <v>13</v>
       </c>
       <c r="C137" t="s">
         <v>54</v>
       </c>
       <c r="D137" s="2">
-        <v>230</v>
+        <v>200</v>
       </c>
       <c r="E137" s="2" t="s">
-        <v>43</v>
+        <v>137</v>
       </c>
       <c r="F137" s="2">
-        <v>3.68</v>
+        <v>2.18</v>
       </c>
       <c r="G137" s="2">
-        <v>2.45</v>
+        <v>1.45</v>
       </c>
       <c r="H137" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I137" s="2">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="J137" s="2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="K137" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="B138" t="s">
         <v>13</v>
       </c>
       <c r="C138" t="s">
         <v>54</v>
       </c>
       <c r="D138" s="2">
-        <v>45</v>
+        <v>315</v>
       </c>
       <c r="E138" s="2" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="F138" s="2">
-        <v>4.73</v>
+        <v>2.93</v>
       </c>
       <c r="G138" s="2">
-        <v>3.15</v>
+        <v>1.95</v>
       </c>
       <c r="H138" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I138" s="2">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="J138" s="2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="K138" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="B139" t="s">
         <v>13</v>
       </c>
       <c r="C139" t="s">
         <v>54</v>
       </c>
       <c r="D139" s="2">
-        <v>75</v>
+        <v>230</v>
       </c>
       <c r="E139" s="2" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="F139" s="2">
-        <v>1.43</v>
+        <v>3.68</v>
       </c>
       <c r="G139" s="2">
-        <v>0.95</v>
+        <v>2.45</v>
       </c>
       <c r="H139" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I139" s="2">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="J139" s="2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="K139" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="B140" t="s">
         <v>13</v>
       </c>
-      <c r="C140"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C140" t="s">
+        <v>54</v>
+      </c>
+      <c r="D140" s="2">
+        <v>45</v>
+      </c>
+      <c r="E140" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="F140" s="2">
+        <v>4.73</v>
+      </c>
+      <c r="G140" s="2">
+        <v>3.15</v>
       </c>
       <c r="H140" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J140" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I140" s="2">
+        <v>15</v>
+      </c>
+      <c r="J140" s="2" t="s">
+        <v>72</v>
+      </c>
       <c r="K140" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141" t="s">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="B141" t="s">
         <v>13</v>
       </c>
-      <c r="C141"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C141" t="s">
+        <v>54</v>
+      </c>
+      <c r="D141" s="2">
+        <v>75</v>
+      </c>
+      <c r="E141" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F141" s="2">
+        <v>1.43</v>
+      </c>
+      <c r="G141" s="2">
+        <v>0.95</v>
       </c>
       <c r="H141" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J141" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I141" s="2">
+        <v>25</v>
+      </c>
+      <c r="J141" s="2" t="s">
+        <v>72</v>
+      </c>
       <c r="K141" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142" t="s">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="B142" t="s">
         <v>13</v>
       </c>
       <c r="C142"/>
       <c r="D142" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E142" s="2"/>
       <c r="F142" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G142" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H142" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I142" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J142" s="2"/>
       <c r="K142" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="143" spans="1:11">
       <c r="A143" t="s">
-        <v>153</v>
+        <v>145</v>
       </c>
       <c r="B143" t="s">
         <v>13</v>
       </c>
       <c r="C143"/>
       <c r="D143" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E143" s="2"/>
       <c r="F143" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G143" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H143" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I143" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J143" s="2"/>
       <c r="K143" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144" t="s">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="B144" t="s">
         <v>13</v>
       </c>
       <c r="C144"/>
       <c r="D144" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E144" s="2"/>
       <c r="F144" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G144" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H144" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I144" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J144" s="2"/>
       <c r="K144" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="B145" t="s">
         <v>13</v>
       </c>
       <c r="C145"/>
       <c r="D145" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E145" s="2"/>
       <c r="F145" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G145" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H145" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I145" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J145" s="2"/>
       <c r="K145" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="146" spans="1:11">
       <c r="A146" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="B146" t="s">
         <v>13</v>
       </c>
-      <c r="C146" t="s">
-[...12 lines deleted...]
-        <v>0.6</v>
+      <c r="C146"/>
+      <c r="D146" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E146" s="2"/>
+      <c r="F146" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G146" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H146" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I146" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J146" s="2"/>
       <c r="K146" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147" t="s">
-        <v>157</v>
+        <v>149</v>
       </c>
       <c r="B147" t="s">
         <v>13</v>
       </c>
       <c r="C147"/>
       <c r="D147" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E147" s="2"/>
       <c r="F147" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G147" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H147" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I147" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J147" s="2"/>
       <c r="K147" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" t="s">
-        <v>158</v>
+        <v>150</v>
       </c>
       <c r="B148" t="s">
         <v>13</v>
       </c>
       <c r="C148" t="s">
         <v>14</v>
       </c>
-      <c r="D148" s="2" t="s">
-[...7 lines deleted...]
-        <v>17</v>
+      <c r="D148" s="2">
+        <v>3100</v>
+      </c>
+      <c r="E148" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F148" s="2">
+        <v>0.9</v>
+      </c>
+      <c r="G148" s="2">
+        <v>0.6</v>
       </c>
       <c r="H148" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J148" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I148" s="2">
+        <v>100</v>
+      </c>
+      <c r="J148" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K148" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="B149" t="s">
         <v>13</v>
       </c>
       <c r="C149"/>
       <c r="D149" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E149" s="2"/>
       <c r="F149" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G149" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H149" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I149" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J149" s="2"/>
       <c r="K149" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="B150" t="s">
         <v>13</v>
       </c>
-      <c r="C150" t="s">
-[...12 lines deleted...]
-        <v>1.6</v>
+      <c r="C150"/>
+      <c r="D150" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E150" s="2"/>
+      <c r="F150" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G150" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H150" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I150" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J150" s="2"/>
       <c r="K150" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" t="s">
-        <v>161</v>
+        <v>153</v>
       </c>
       <c r="B151" t="s">
         <v>13</v>
       </c>
       <c r="C151"/>
       <c r="D151" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E151" s="2"/>
       <c r="F151" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G151" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H151" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I151" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J151" s="2"/>
       <c r="K151" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152" t="s">
-        <v>162</v>
+        <v>154</v>
       </c>
       <c r="B152" t="s">
         <v>13</v>
       </c>
-      <c r="C152" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="C152"/>
+      <c r="D152" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E152" s="2"/>
+      <c r="F152" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G152" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H152" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I152" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J152" s="2"/>
       <c r="K152" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153" t="s">
-        <v>165</v>
+        <v>155</v>
       </c>
       <c r="B153" t="s">
         <v>13</v>
       </c>
-      <c r="C153"/>
-[...16 lines deleted...]
-      <c r="J153" s="2"/>
+      <c r="C153" t="s">
+        <v>156</v>
+      </c>
+      <c r="D153" s="2">
+        <v>650</v>
+      </c>
+      <c r="E153" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="F153" s="2">
+        <v>2.18</v>
+      </c>
+      <c r="G153" s="2">
+        <v>1.45</v>
+      </c>
+      <c r="H153" s="2">
+        <v>1</v>
+      </c>
+      <c r="I153" s="2">
+        <v>50</v>
+      </c>
+      <c r="J153" s="2" t="s">
+        <v>158</v>
+      </c>
       <c r="K153" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="B154" t="s">
         <v>13</v>
       </c>
       <c r="C154"/>
       <c r="D154" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E154" s="2"/>
       <c r="F154" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G154" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H154" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I154" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J154" s="2"/>
       <c r="K154" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="B155" t="s">
         <v>13</v>
       </c>
       <c r="C155"/>
       <c r="D155" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E155" s="2"/>
       <c r="F155" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G155" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H155" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I155" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J155" s="2"/>
       <c r="K155" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="B156" t="s">
         <v>13</v>
       </c>
-      <c r="C156" t="s">
-[...12 lines deleted...]
-        <v>0.6</v>
+      <c r="C156"/>
+      <c r="D156" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E156" s="2"/>
+      <c r="F156" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G156" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H156" s="2" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I156" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J156" s="2"/>
       <c r="K156" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="B157" t="s">
         <v>13</v>
       </c>
       <c r="C157" t="s">
         <v>54</v>
       </c>
       <c r="D157" s="2">
-        <v>250</v>
+        <v>759</v>
       </c>
       <c r="E157" s="2" t="s">
-        <v>30</v>
+        <v>112</v>
       </c>
       <c r="F157" s="2">
-        <v>1.2</v>
+        <v>0.9</v>
       </c>
       <c r="G157" s="2">
-        <v>0.8</v>
+        <v>0.6</v>
       </c>
       <c r="H157" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I157" s="2">
         <v>100</v>
       </c>
       <c r="J157" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K157" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="B158" t="s">
         <v>13</v>
       </c>
-      <c r="C158"/>
-[...8 lines deleted...]
-        <v>17</v>
+      <c r="C158" t="s">
+        <v>54</v>
+      </c>
+      <c r="D158" s="2">
+        <v>150</v>
+      </c>
+      <c r="E158" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F158" s="2">
+        <v>1.2</v>
+      </c>
+      <c r="G158" s="2">
+        <v>0.8</v>
       </c>
       <c r="H158" s="2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J158" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="I158" s="2">
+        <v>100</v>
+      </c>
+      <c r="J158" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K158" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="B159" t="s">
-        <v>171</v>
+        <v>13</v>
       </c>
       <c r="C159"/>
       <c r="D159" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E159" s="2"/>
       <c r="F159" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G159" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H159" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I159" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J159" s="2"/>
       <c r="K159" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="160" spans="1:11">
       <c r="A160" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="B160" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C160"/>
       <c r="D160" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E160" s="2"/>
       <c r="F160" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G160" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H160" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I160" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J160" s="2"/>
       <c r="K160" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="161" spans="1:11">
       <c r="A161" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="B161" t="s">
-        <v>171</v>
-[...14 lines deleted...]
-        <v>1.0</v>
+        <v>165</v>
+      </c>
+      <c r="C161"/>
+      <c r="D161" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E161" s="2"/>
+      <c r="F161" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G161" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H161" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I161" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I161" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J161" s="2"/>
       <c r="K161" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="B162" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C162" t="s">
         <v>14</v>
       </c>
       <c r="D162" s="2">
-        <v>225</v>
+        <v>100</v>
       </c>
       <c r="E162" s="2" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="F162" s="2">
-        <v>1.13</v>
+        <v>1.2</v>
       </c>
       <c r="G162" s="2">
-        <v>0.75</v>
+        <v>1.0</v>
       </c>
       <c r="H162" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I162" s="2">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J162" s="2" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="K162" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="163" spans="1:11">
       <c r="A163" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="B163" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C163" t="s">
         <v>14</v>
       </c>
       <c r="D163" s="2">
-        <v>1610</v>
+        <v>225</v>
       </c>
       <c r="E163" s="2" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="F163" s="2">
-        <v>0.6</v>
+        <v>0.9</v>
       </c>
       <c r="G163" s="2">
-        <v>0.5</v>
+        <v>0.75</v>
       </c>
       <c r="H163" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I163" s="2">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J163" s="2" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="K163" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="164" spans="1:11">
       <c r="A164" t="s">
-        <v>177</v>
+        <v>166</v>
       </c>
       <c r="B164" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C164" t="s">
-        <v>178</v>
+        <v>14</v>
       </c>
       <c r="D164" s="2">
-        <v>21</v>
+        <v>1150</v>
       </c>
       <c r="E164" s="2" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="F164" s="2">
-        <v>1.5</v>
+        <v>0.6</v>
       </c>
       <c r="G164" s="2">
-        <v>1.0</v>
+        <v>0.5</v>
       </c>
       <c r="H164" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I164" s="2">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="J164" s="2" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="K164" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="B165" t="s">
-        <v>171</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>165</v>
+      </c>
+      <c r="C165" t="s">
+        <v>14</v>
+      </c>
+      <c r="D165" s="2">
+        <v>170</v>
+      </c>
+      <c r="E165" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="F165" s="2">
+        <v>1.2</v>
+      </c>
+      <c r="G165" s="2">
+        <v>1.0</v>
       </c>
       <c r="H165" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I165" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J165" s="2"/>
+      <c r="I165" s="2">
+        <v>25</v>
+      </c>
+      <c r="J165" s="2" t="s">
+        <v>168</v>
+      </c>
       <c r="K165" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166" t="s">
-        <v>180</v>
+        <v>171</v>
       </c>
       <c r="B166" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C166" t="s">
-        <v>181</v>
+        <v>14</v>
       </c>
       <c r="D166" s="2">
+        <v>400</v>
+      </c>
+      <c r="E166" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="F166" s="2">
+        <v>0.9</v>
+      </c>
+      <c r="G166" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="H166" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I166" s="2">
         <v>50</v>
       </c>
-      <c r="E166" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J166" s="2" t="s">
-        <v>182</v>
+        <v>168</v>
       </c>
       <c r="K166" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="167" spans="1:11">
       <c r="A167" t="s">
-        <v>183</v>
+        <v>171</v>
       </c>
       <c r="B167" t="s">
-        <v>171</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>165</v>
+      </c>
+      <c r="C167" t="s">
+        <v>14</v>
+      </c>
+      <c r="D167" s="2">
+        <v>600</v>
+      </c>
+      <c r="E167" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F167" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="G167" s="2">
+        <v>0.5</v>
       </c>
       <c r="H167" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I167" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J167" s="2"/>
+      <c r="I167" s="2">
+        <v>100</v>
+      </c>
+      <c r="J167" s="2" t="s">
+        <v>168</v>
+      </c>
       <c r="K167" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="168" spans="1:11">
       <c r="A168" t="s">
-        <v>184</v>
+        <v>172</v>
       </c>
       <c r="B168" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C168"/>
       <c r="D168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E168" s="2"/>
       <c r="F168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I168" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J168" s="2"/>
       <c r="K168" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="169" spans="1:11">
       <c r="A169" t="s">
-        <v>185</v>
+        <v>173</v>
       </c>
       <c r="B169" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C169" t="s">
-        <v>14</v>
+        <v>174</v>
       </c>
       <c r="D169" s="2">
-        <v>800</v>
+        <v>50</v>
       </c>
       <c r="E169" s="2" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="F169" s="2">
-        <v>0.98</v>
+        <v>0.72</v>
       </c>
       <c r="G169" s="2">
-        <v>0.65</v>
+        <v>0.6</v>
       </c>
       <c r="H169" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I169" s="2">
         <v>100</v>
       </c>
       <c r="J169" s="2" t="s">
-        <v>186</v>
+        <v>175</v>
       </c>
       <c r="K169" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="170" spans="1:11">
       <c r="A170" t="s">
-        <v>187</v>
+        <v>176</v>
       </c>
       <c r="B170" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C170"/>
       <c r="D170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E170" s="2"/>
       <c r="F170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I170" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J170" s="2"/>
       <c r="K170" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171" t="s">
-        <v>188</v>
+        <v>177</v>
       </c>
       <c r="B171" t="s">
-        <v>171</v>
-[...14 lines deleted...]
-        <v>1.25</v>
+        <v>165</v>
+      </c>
+      <c r="C171"/>
+      <c r="D171" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E171" s="2"/>
+      <c r="F171" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G171" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H171" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I171" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I171" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J171" s="2"/>
       <c r="K171" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="A172" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="B172" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C172" t="s">
         <v>14</v>
       </c>
       <c r="D172" s="2">
-        <v>1900</v>
+        <v>800</v>
       </c>
       <c r="E172" s="2" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="F172" s="2">
-        <v>0.9</v>
+        <v>0.98</v>
       </c>
       <c r="G172" s="2">
-        <v>0.6</v>
+        <v>0.65</v>
       </c>
       <c r="H172" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I172" s="2">
         <v>100</v>
       </c>
       <c r="J172" s="2" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="K172" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173" t="s">
-        <v>189</v>
+        <v>180</v>
       </c>
       <c r="B173" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C173"/>
       <c r="D173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E173" s="2"/>
       <c r="F173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I173" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J173" s="2"/>
       <c r="K173" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="174" spans="1:11">
       <c r="A174" t="s">
-        <v>190</v>
+        <v>181</v>
       </c>
       <c r="B174" t="s">
-        <v>171</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>165</v>
+      </c>
+      <c r="C174" t="s">
+        <v>14</v>
+      </c>
+      <c r="D174" s="2">
+        <v>125</v>
+      </c>
+      <c r="E174" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="F174" s="2">
+        <v>1.88</v>
+      </c>
+      <c r="G174" s="2">
+        <v>1.25</v>
       </c>
       <c r="H174" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I174" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J174" s="2"/>
+      <c r="I174" s="2">
+        <v>25</v>
+      </c>
+      <c r="J174" s="2" t="s">
+        <v>179</v>
+      </c>
       <c r="K174" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="175" spans="1:11">
       <c r="A175" t="s">
-        <v>191</v>
+        <v>181</v>
       </c>
       <c r="B175" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="C175"/>
+        <v>165</v>
+      </c>
+      <c r="C175" t="s">
+        <v>14</v>
+      </c>
       <c r="D175" s="2">
-        <v>330</v>
+        <v>900</v>
       </c>
       <c r="E175" s="2" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="F175" s="2">
-        <v>1.5</v>
+        <v>0.9</v>
       </c>
       <c r="G175" s="2">
-        <v>1.0</v>
+        <v>0.6</v>
       </c>
       <c r="H175" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I175" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J175" s="2"/>
+      <c r="I175" s="2">
+        <v>100</v>
+      </c>
+      <c r="J175" s="2" t="s">
+        <v>179</v>
+      </c>
       <c r="K175" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="176" spans="1:11">
       <c r="A176" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="B176" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C176"/>
-      <c r="D176" s="2">
-[...9 lines deleted...]
-        <v>0.55</v>
+      <c r="D176" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E176" s="2"/>
+      <c r="F176" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G176" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H176" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I176" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J176" s="2"/>
       <c r="K176" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="B177" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C177"/>
-      <c r="D177" s="2">
-[...9 lines deleted...]
-        <v>1.35</v>
+      <c r="D177" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E177" s="2"/>
+      <c r="F177" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G177" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H177" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I177" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J177" s="2"/>
       <c r="K177" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178" t="s">
-        <v>193</v>
+        <v>184</v>
       </c>
       <c r="B178" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C178"/>
-      <c r="D178" s="2" t="s">
-[...7 lines deleted...]
-        <v>17</v>
+      <c r="D178" s="2">
+        <v>300</v>
+      </c>
+      <c r="E178" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="F178" s="2">
+        <v>1.5</v>
+      </c>
+      <c r="G178" s="2">
+        <v>1.0</v>
       </c>
       <c r="H178" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I178" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J178" s="2"/>
       <c r="K178" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179" t="s">
-        <v>194</v>
+        <v>184</v>
       </c>
       <c r="B179" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C179"/>
-      <c r="D179" s="2" t="s">
-[...7 lines deleted...]
-        <v>17</v>
+      <c r="D179" s="2">
+        <v>570</v>
+      </c>
+      <c r="E179" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F179" s="2">
+        <v>0.83</v>
+      </c>
+      <c r="G179" s="2">
+        <v>0.55</v>
       </c>
       <c r="H179" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I179" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J179" s="2"/>
       <c r="K179" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180" t="s">
-        <v>195</v>
+        <v>184</v>
       </c>
       <c r="B180" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C180"/>
-      <c r="D180" s="2" t="s">
-[...7 lines deleted...]
-        <v>17</v>
+      <c r="D180" s="2">
+        <v>160</v>
+      </c>
+      <c r="E180" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="F180" s="2">
+        <v>2.03</v>
+      </c>
+      <c r="G180" s="2">
+        <v>1.35</v>
       </c>
       <c r="H180" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I180" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J180" s="2"/>
       <c r="K180" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181" t="s">
-        <v>196</v>
+        <v>186</v>
       </c>
       <c r="B181" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C181"/>
       <c r="D181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E181" s="2"/>
       <c r="F181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I181" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J181" s="2"/>
       <c r="K181" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182" t="s">
-        <v>197</v>
+        <v>187</v>
       </c>
       <c r="B182" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C182"/>
       <c r="D182" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E182" s="2"/>
       <c r="F182" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G182" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H182" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I182" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J182" s="2"/>
       <c r="K182" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="183" spans="1:11">
       <c r="A183" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
       <c r="B183" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C183"/>
       <c r="D183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E183" s="2"/>
       <c r="F183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I183" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J183" s="2"/>
       <c r="K183" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="184" spans="1:11">
       <c r="A184" t="s">
-        <v>199</v>
+        <v>189</v>
       </c>
       <c r="B184" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C184"/>
       <c r="D184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E184" s="2"/>
       <c r="F184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I184" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J184" s="2"/>
       <c r="K184" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="185" spans="1:11">
       <c r="A185" t="s">
-        <v>200</v>
+        <v>190</v>
       </c>
       <c r="B185" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C185"/>
       <c r="D185" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E185" s="2"/>
       <c r="F185" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G185" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H185" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I185" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J185" s="2"/>
       <c r="K185" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="186" spans="1:11">
       <c r="A186" t="s">
-        <v>201</v>
+        <v>191</v>
       </c>
       <c r="B186" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C186"/>
       <c r="D186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E186" s="2"/>
       <c r="F186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I186" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J186" s="2"/>
       <c r="K186" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="187" spans="1:11">
       <c r="A187" t="s">
-        <v>202</v>
+        <v>192</v>
       </c>
       <c r="B187" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C187"/>
       <c r="D187" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E187" s="2"/>
       <c r="F187" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G187" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H187" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I187" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J187" s="2"/>
       <c r="K187" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="188" spans="1:11">
       <c r="A188" t="s">
-        <v>203</v>
+        <v>193</v>
       </c>
       <c r="B188" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C188"/>
       <c r="D188" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E188" s="2"/>
       <c r="F188" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G188" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H188" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I188" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J188" s="2"/>
       <c r="K188" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189" t="s">
-        <v>204</v>
+        <v>194</v>
       </c>
       <c r="B189" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C189"/>
       <c r="D189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E189" s="2"/>
       <c r="F189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I189" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J189" s="2"/>
       <c r="K189" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="190" spans="1:11">
       <c r="A190" t="s">
-        <v>205</v>
+        <v>195</v>
       </c>
       <c r="B190" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C190"/>
       <c r="D190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E190" s="2"/>
       <c r="F190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I190" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J190" s="2"/>
       <c r="K190" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="191" spans="1:11">
       <c r="A191" t="s">
-        <v>206</v>
+        <v>196</v>
       </c>
       <c r="B191" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C191"/>
-      <c r="D191" s="2">
-[...9 lines deleted...]
-        <v>1.1</v>
+      <c r="D191" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E191" s="2"/>
+      <c r="F191" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G191" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H191" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I191" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J191" s="2"/>
       <c r="K191" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="192" spans="1:11">
       <c r="A192" t="s">
-        <v>206</v>
+        <v>197</v>
       </c>
       <c r="B192" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C192"/>
-      <c r="D192" s="2">
-[...9 lines deleted...]
-        <v>0.55</v>
+      <c r="D192" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E192" s="2"/>
+      <c r="F192" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G192" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H192" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I192" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J192" s="2"/>
       <c r="K192" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="193" spans="1:11">
       <c r="A193" t="s">
-        <v>206</v>
+        <v>198</v>
       </c>
       <c r="B193" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C193"/>
-      <c r="D193" s="2">
-[...9 lines deleted...]
-        <v>1.75</v>
+      <c r="D193" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E193" s="2"/>
+      <c r="F193" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G193" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H193" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I193" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J193" s="2"/>
       <c r="K193" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="B194" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C194"/>
-      <c r="D194" s="2" t="s">
-[...7 lines deleted...]
-        <v>17</v>
+      <c r="D194" s="2">
+        <v>260</v>
+      </c>
+      <c r="E194" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="F194" s="2">
+        <v>1.65</v>
+      </c>
+      <c r="G194" s="2">
+        <v>1.1</v>
       </c>
       <c r="H194" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I194" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J194" s="2"/>
       <c r="K194" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="195" spans="1:11">
       <c r="A195" t="s">
-        <v>209</v>
+        <v>199</v>
       </c>
       <c r="B195" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C195"/>
-      <c r="D195" s="2" t="s">
-[...7 lines deleted...]
-        <v>17</v>
+      <c r="D195" s="2">
+        <v>750</v>
+      </c>
+      <c r="E195" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F195" s="2">
+        <v>0.83</v>
+      </c>
+      <c r="G195" s="2">
+        <v>0.55</v>
       </c>
       <c r="H195" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I195" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J195" s="2"/>
       <c r="K195" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="196" spans="1:11">
       <c r="A196" t="s">
-        <v>210</v>
+        <v>199</v>
       </c>
       <c r="B196" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C196"/>
-      <c r="D196" s="2" t="s">
-[...7 lines deleted...]
-        <v>17</v>
+      <c r="D196" s="2">
+        <v>300</v>
+      </c>
+      <c r="E196" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="F196" s="2">
+        <v>2.63</v>
+      </c>
+      <c r="G196" s="2">
+        <v>1.75</v>
       </c>
       <c r="H196" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I196" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J196" s="2"/>
       <c r="K196" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="197" spans="1:11">
       <c r="A197" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="B197" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C197"/>
       <c r="D197" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E197" s="2"/>
       <c r="F197" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G197" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H197" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I197" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J197" s="2"/>
       <c r="K197" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="198" spans="1:11">
       <c r="A198" t="s">
-        <v>212</v>
+        <v>202</v>
       </c>
       <c r="B198" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C198"/>
       <c r="D198" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E198" s="2"/>
       <c r="F198" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G198" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H198" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I198" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J198" s="2"/>
       <c r="K198" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199" t="s">
-        <v>213</v>
+        <v>203</v>
       </c>
       <c r="B199" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C199"/>
       <c r="D199" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E199" s="2"/>
       <c r="F199" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G199" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H199" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I199" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J199" s="2"/>
       <c r="K199" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="200" spans="1:11">
       <c r="A200" t="s">
-        <v>214</v>
+        <v>204</v>
       </c>
       <c r="B200" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C200"/>
       <c r="D200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E200" s="2"/>
       <c r="F200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I200" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J200" s="2"/>
       <c r="K200" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="201" spans="1:11">
       <c r="A201" t="s">
-        <v>215</v>
+        <v>205</v>
       </c>
       <c r="B201" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C201"/>
       <c r="D201" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E201" s="2"/>
       <c r="F201" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G201" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H201" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I201" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J201" s="2"/>
       <c r="K201" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="202" spans="1:11">
       <c r="A202" t="s">
-        <v>216</v>
+        <v>206</v>
       </c>
       <c r="B202" t="s">
-        <v>171</v>
-[...14 lines deleted...]
-        <v>0.4</v>
+        <v>165</v>
+      </c>
+      <c r="C202"/>
+      <c r="D202" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E202" s="2"/>
+      <c r="F202" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G202" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H202" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I202" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I202" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J202" s="2"/>
       <c r="K202" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="203" spans="1:11">
       <c r="A203" t="s">
-        <v>220</v>
+        <v>207</v>
       </c>
       <c r="B203" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C203"/>
       <c r="D203" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E203" s="2"/>
       <c r="F203" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G203" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H203" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I203" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J203" s="2"/>
       <c r="K203" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="204" spans="1:11">
       <c r="A204" t="s">
-        <v>221</v>
+        <v>208</v>
       </c>
       <c r="B204" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C204"/>
       <c r="D204" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E204" s="2"/>
       <c r="F204" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G204" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H204" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I204" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J204" s="2"/>
       <c r="K204" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="205" spans="1:11">
       <c r="A205" t="s">
-        <v>222</v>
+        <v>209</v>
       </c>
       <c r="B205" t="s">
-        <v>171</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>165</v>
+      </c>
+      <c r="C205" t="s">
+        <v>210</v>
+      </c>
+      <c r="D205" s="2">
+        <v>10300</v>
+      </c>
+      <c r="E205" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="F205" s="2">
+        <v>0.6</v>
+      </c>
+      <c r="G205" s="2">
+        <v>0.4</v>
       </c>
       <c r="H205" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I205" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J205" s="2"/>
+      <c r="I205" s="2">
+        <v>100</v>
+      </c>
+      <c r="J205" s="2" t="s">
+        <v>212</v>
+      </c>
       <c r="K205" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="206" spans="1:11">
       <c r="A206" t="s">
-        <v>223</v>
+        <v>213</v>
       </c>
       <c r="B206" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C206"/>
       <c r="D206" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E206" s="2"/>
       <c r="F206" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G206" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H206" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I206" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J206" s="2"/>
       <c r="K206" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="207" spans="1:11">
       <c r="A207" t="s">
-        <v>224</v>
+        <v>214</v>
       </c>
       <c r="B207" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C207"/>
       <c r="D207" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E207" s="2"/>
       <c r="F207" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G207" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H207" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I207" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J207" s="2"/>
       <c r="K207" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="208" spans="1:11">
       <c r="A208" t="s">
-        <v>225</v>
+        <v>215</v>
       </c>
       <c r="B208" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="C208"/>
       <c r="D208" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E208" s="2"/>
       <c r="F208" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G208" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H208" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I208" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J208" s="2"/>
       <c r="K208" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209" t="s">
-        <v>226</v>
+        <v>216</v>
       </c>
       <c r="B209" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C209"/>
       <c r="D209" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E209" s="2"/>
       <c r="F209" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G209" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H209" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I209" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J209" s="2"/>
       <c r="K209" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="210" spans="1:11">
       <c r="A210" t="s">
-        <v>227</v>
+        <v>217</v>
       </c>
       <c r="B210" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C210"/>
       <c r="D210" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E210" s="2"/>
       <c r="F210" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G210" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H210" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I210" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J210" s="2"/>
       <c r="K210" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211" t="s">
-        <v>228</v>
+        <v>218</v>
       </c>
       <c r="B211" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C211" t="s">
-        <v>217</v>
+        <v>14</v>
       </c>
       <c r="D211" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E211" s="2"/>
       <c r="F211" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G211" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H211" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I211" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J211" s="2"/>
       <c r="K211" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212" t="s">
-        <v>229</v>
+        <v>219</v>
       </c>
       <c r="B212" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C212"/>
       <c r="D212" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E212" s="2"/>
       <c r="F212" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G212" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H212" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I212" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J212" s="2"/>
       <c r="K212" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="213" spans="1:11">
       <c r="A213" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="B213" t="s">
-        <v>171</v>
-[...14 lines deleted...]
-        <v>1.75</v>
+        <v>165</v>
+      </c>
+      <c r="C213"/>
+      <c r="D213" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E213" s="2"/>
+      <c r="F213" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G213" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H213" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I213" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I213" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J213" s="2"/>
       <c r="K213" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="214" spans="1:11">
       <c r="A214" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="B214" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C214" t="s">
-        <v>231</v>
-[...11 lines deleted...]
-        <v>1.25</v>
+        <v>210</v>
+      </c>
+      <c r="D214" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E214" s="2"/>
+      <c r="F214" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G214" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H214" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I214" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I214" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J214" s="2"/>
       <c r="K214" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215" t="s">
-        <v>232</v>
+        <v>222</v>
       </c>
       <c r="B215" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C215"/>
       <c r="D215" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E215" s="2"/>
       <c r="F215" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G215" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H215" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I215" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J215" s="2"/>
       <c r="K215" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="216" spans="1:11">
       <c r="A216" t="s">
-        <v>233</v>
+        <v>223</v>
       </c>
       <c r="B216" t="s">
-        <v>171</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>165</v>
+      </c>
+      <c r="C216" t="s">
+        <v>224</v>
+      </c>
+      <c r="D216" s="2">
+        <v>175</v>
+      </c>
+      <c r="E216" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="F216" s="2">
+        <v>2.63</v>
+      </c>
+      <c r="G216" s="2">
+        <v>1.75</v>
       </c>
       <c r="H216" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I216" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J216" s="2"/>
+      <c r="I216" s="2">
+        <v>25</v>
+      </c>
+      <c r="J216" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K216" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="217" spans="1:11">
       <c r="A217" t="s">
-        <v>234</v>
+        <v>223</v>
       </c>
       <c r="B217" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C217" t="s">
-        <v>235</v>
+        <v>224</v>
       </c>
       <c r="D217" s="2">
-        <v>81</v>
+        <v>250</v>
       </c>
       <c r="E217" s="2" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="F217" s="2">
-        <v>1.88</v>
+        <v>1.89</v>
       </c>
       <c r="G217" s="2">
         <v>1.25</v>
       </c>
       <c r="H217" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I217" s="2">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="J217" s="2" t="s">
-        <v>186</v>
+        <v>29</v>
       </c>
       <c r="K217" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="218" spans="1:11">
       <c r="A218" t="s">
-        <v>234</v>
+        <v>225</v>
       </c>
       <c r="B218" t="s">
-        <v>171</v>
-[...14 lines deleted...]
-        <v>0.95</v>
+        <v>165</v>
+      </c>
+      <c r="C218"/>
+      <c r="D218" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E218" s="2"/>
+      <c r="F218" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G218" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H218" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I218" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I218" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J218" s="2"/>
       <c r="K218" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="219" spans="1:11">
       <c r="A219" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="B219" t="s">
-        <v>171</v>
-[...14 lines deleted...]
-        <v>0.7</v>
+        <v>165</v>
+      </c>
+      <c r="C219"/>
+      <c r="D219" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E219" s="2"/>
+      <c r="F219" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G219" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H219" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I219" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I219" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J219" s="2"/>
       <c r="K219" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="220" spans="1:11">
       <c r="A220" t="s">
-        <v>234</v>
+        <v>227</v>
       </c>
       <c r="B220" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C220" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="D220" s="2">
-        <v>36</v>
+        <v>81</v>
       </c>
       <c r="E220" s="2" t="s">
-        <v>207</v>
+        <v>167</v>
       </c>
       <c r="F220" s="2">
-        <v>2.4</v>
+        <v>1.88</v>
       </c>
       <c r="G220" s="2">
-        <v>1.6</v>
+        <v>1.25</v>
       </c>
       <c r="H220" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I220" s="2">
         <v>25</v>
       </c>
       <c r="J220" s="2" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="K220" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="221" spans="1:11">
       <c r="A221" t="s">
-        <v>234</v>
+        <v>227</v>
       </c>
       <c r="B221" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C221" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="D221" s="2">
-        <v>42</v>
+        <v>90</v>
       </c>
       <c r="E221" s="2" t="s">
-        <v>236</v>
+        <v>169</v>
       </c>
       <c r="F221" s="2">
-        <v>0.75</v>
+        <v>1.43</v>
       </c>
       <c r="G221" s="2">
-        <v>0.5</v>
+        <v>0.95</v>
       </c>
       <c r="H221" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I221" s="2">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J221" s="2" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="K221" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="222" spans="1:11">
       <c r="A222" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="B222" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C222" t="s">
-        <v>14</v>
-[...9 lines deleted...]
-        <v>17</v>
+        <v>228</v>
+      </c>
+      <c r="D222" s="2">
+        <v>83</v>
+      </c>
+      <c r="E222" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F222" s="2">
+        <v>1.05</v>
+      </c>
+      <c r="G222" s="2">
+        <v>0.7</v>
       </c>
       <c r="H222" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I222" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J222" s="2"/>
+      <c r="I222" s="2">
+        <v>100</v>
+      </c>
+      <c r="J222" s="2" t="s">
+        <v>179</v>
+      </c>
       <c r="K222" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="223" spans="1:11">
       <c r="A223" t="s">
-        <v>238</v>
+        <v>227</v>
       </c>
       <c r="B223" t="s">
-        <v>171</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>165</v>
+      </c>
+      <c r="C223" t="s">
+        <v>228</v>
+      </c>
+      <c r="D223" s="2">
+        <v>36</v>
+      </c>
+      <c r="E223" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="F223" s="2">
+        <v>2.4</v>
+      </c>
+      <c r="G223" s="2">
+        <v>1.6</v>
       </c>
       <c r="H223" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I223" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J223" s="2"/>
+      <c r="I223" s="2">
+        <v>25</v>
+      </c>
+      <c r="J223" s="2" t="s">
+        <v>179</v>
+      </c>
       <c r="K223" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="224" spans="1:11">
       <c r="A224" t="s">
-        <v>239</v>
+        <v>227</v>
       </c>
       <c r="B224" t="s">
-        <v>171</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>165</v>
+      </c>
+      <c r="C224" t="s">
+        <v>228</v>
+      </c>
+      <c r="D224" s="2">
+        <v>42</v>
+      </c>
+      <c r="E224" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F224" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="G224" s="2">
+        <v>0.5</v>
       </c>
       <c r="H224" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I224" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J224" s="2"/>
+      <c r="I224" s="2">
+        <v>100</v>
+      </c>
+      <c r="J224" s="2" t="s">
+        <v>179</v>
+      </c>
       <c r="K224" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="225" spans="1:11">
       <c r="A225" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="B225" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="C225"/>
+        <v>165</v>
+      </c>
+      <c r="C225" t="s">
+        <v>14</v>
+      </c>
       <c r="D225" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E225" s="2"/>
       <c r="F225" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G225" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H225" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I225" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J225" s="2"/>
       <c r="K225" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="226" spans="1:11">
       <c r="A226" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="B226" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C226"/>
       <c r="D226" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E226" s="2"/>
       <c r="F226" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G226" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H226" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I226" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J226" s="2"/>
       <c r="K226" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="227" spans="1:11">
       <c r="A227" t="s">
-        <v>242</v>
+        <v>232</v>
       </c>
       <c r="B227" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C227"/>
       <c r="D227" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E227" s="2"/>
       <c r="F227" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G227" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H227" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I227" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J227" s="2"/>
       <c r="K227" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="228" spans="1:11">
       <c r="A228" t="s">
-        <v>243</v>
+        <v>233</v>
       </c>
       <c r="B228" t="s">
-        <v>171</v>
-[...14 lines deleted...]
-        <v>0.75</v>
+        <v>165</v>
+      </c>
+      <c r="C228"/>
+      <c r="D228" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E228" s="2"/>
+      <c r="F228" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G228" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H228" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I228" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I228" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J228" s="2"/>
       <c r="K228" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="229" spans="1:11">
       <c r="A229" t="s">
-        <v>243</v>
+        <v>234</v>
       </c>
       <c r="B229" t="s">
-        <v>171</v>
-[...14 lines deleted...]
-        <v>0.5</v>
+        <v>165</v>
+      </c>
+      <c r="C229"/>
+      <c r="D229" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E229" s="2"/>
+      <c r="F229" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G229" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H229" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I229" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I229" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J229" s="2"/>
       <c r="K229" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="230" spans="1:11">
       <c r="A230" t="s">
-        <v>244</v>
+        <v>235</v>
       </c>
       <c r="B230" t="s">
-        <v>171</v>
-[...14 lines deleted...]
-        <v>1.1</v>
+        <v>165</v>
+      </c>
+      <c r="C230"/>
+      <c r="D230" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E230" s="2"/>
+      <c r="F230" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G230" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H230" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I230" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I230" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J230" s="2"/>
       <c r="K230" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="231" spans="1:11">
       <c r="A231" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="B231" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C231" t="s">
-        <v>178</v>
+        <v>237</v>
       </c>
       <c r="D231" s="2">
-        <v>116</v>
+        <v>779</v>
       </c>
       <c r="E231" s="2" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="F231" s="2">
-        <v>1.28</v>
+        <v>1.13</v>
       </c>
       <c r="G231" s="2">
-        <v>0.85</v>
+        <v>0.75</v>
       </c>
       <c r="H231" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I231" s="2">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J231" s="2" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="K231" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="232" spans="1:11">
       <c r="A232" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="B232" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C232" t="s">
-        <v>178</v>
+        <v>237</v>
       </c>
       <c r="D232" s="2">
-        <v>656</v>
+        <v>417</v>
       </c>
       <c r="E232" s="2" t="s">
-        <v>176</v>
+        <v>229</v>
       </c>
       <c r="F232" s="2">
-        <v>0.98</v>
+        <v>0.75</v>
       </c>
       <c r="G232" s="2">
-        <v>0.65</v>
+        <v>0.5</v>
       </c>
       <c r="H232" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I232" s="2">
         <v>100</v>
       </c>
       <c r="J232" s="2" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="K232" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="233" spans="1:11">
       <c r="A233" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="B233" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C233" t="s">
-        <v>178</v>
+        <v>237</v>
       </c>
       <c r="D233" s="2">
-        <v>750</v>
+        <v>113</v>
       </c>
       <c r="E233" s="2" t="s">
-        <v>236</v>
+        <v>167</v>
       </c>
       <c r="F233" s="2">
-        <v>0.75</v>
+        <v>1.65</v>
       </c>
       <c r="G233" s="2">
-        <v>0.5</v>
+        <v>1.1</v>
       </c>
       <c r="H233" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I233" s="2">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="J233" s="2" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="K233" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="234" spans="1:11">
       <c r="A234" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="B234" t="s">
-        <v>171</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>165</v>
+      </c>
+      <c r="C234" t="s">
+        <v>237</v>
+      </c>
+      <c r="D234" s="2">
+        <v>116</v>
+      </c>
+      <c r="E234" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="F234" s="2">
+        <v>1.28</v>
+      </c>
+      <c r="G234" s="2">
+        <v>0.85</v>
       </c>
       <c r="H234" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I234" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J234" s="2"/>
+      <c r="I234" s="2">
+        <v>50</v>
+      </c>
+      <c r="J234" s="2" t="s">
+        <v>179</v>
+      </c>
       <c r="K234" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="235" spans="1:11">
       <c r="A235" t="s">
-        <v>246</v>
+        <v>238</v>
       </c>
       <c r="B235" t="s">
-        <v>171</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>165</v>
+      </c>
+      <c r="C235" t="s">
+        <v>237</v>
+      </c>
+      <c r="D235" s="2">
+        <v>656</v>
+      </c>
+      <c r="E235" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F235" s="2">
+        <v>0.98</v>
+      </c>
+      <c r="G235" s="2">
+        <v>0.65</v>
       </c>
       <c r="H235" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I235" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J235" s="2"/>
+      <c r="I235" s="2">
+        <v>100</v>
+      </c>
+      <c r="J235" s="2" t="s">
+        <v>179</v>
+      </c>
       <c r="K235" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="236" spans="1:11">
       <c r="A236" t="s">
-        <v>247</v>
+        <v>238</v>
       </c>
       <c r="B236" t="s">
-        <v>171</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>165</v>
+      </c>
+      <c r="C236" t="s">
+        <v>237</v>
+      </c>
+      <c r="D236" s="2">
+        <v>750</v>
+      </c>
+      <c r="E236" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F236" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="G236" s="2">
+        <v>0.5</v>
       </c>
       <c r="H236" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I236" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J236" s="2"/>
+      <c r="I236" s="2">
+        <v>100</v>
+      </c>
+      <c r="J236" s="2" t="s">
+        <v>179</v>
+      </c>
       <c r="K236" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="237" spans="1:11">
       <c r="A237" t="s">
-        <v>248</v>
+        <v>239</v>
       </c>
       <c r="B237" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C237"/>
       <c r="D237" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E237" s="2"/>
       <c r="F237" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G237" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H237" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I237" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J237" s="2"/>
       <c r="K237" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="238" spans="1:11">
       <c r="A238" t="s">
-        <v>249</v>
+        <v>240</v>
       </c>
       <c r="B238" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C238"/>
       <c r="D238" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E238" s="2"/>
       <c r="F238" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G238" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H238" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I238" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J238" s="2"/>
       <c r="K238" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="239" spans="1:11">
       <c r="A239" t="s">
-        <v>250</v>
+        <v>241</v>
       </c>
       <c r="B239" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C239"/>
       <c r="D239" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E239" s="2"/>
       <c r="F239" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G239" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H239" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I239" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J239" s="2"/>
       <c r="K239" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="240" spans="1:11">
       <c r="A240" t="s">
-        <v>251</v>
+        <v>242</v>
       </c>
       <c r="B240" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="C240"/>
       <c r="D240" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E240" s="2"/>
       <c r="F240" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G240" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H240" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I240" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J240" s="2"/>
       <c r="K240" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="241" spans="1:11">
       <c r="A241" t="s">
-        <v>253</v>
+        <v>243</v>
       </c>
       <c r="B241" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C241"/>
       <c r="D241" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E241" s="2"/>
       <c r="F241" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G241" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H241" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I241" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J241" s="2"/>
       <c r="K241" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="242" spans="1:11">
       <c r="A242" t="s">
-        <v>254</v>
+        <v>244</v>
       </c>
       <c r="B242" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="C242"/>
       <c r="D242" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E242" s="2"/>
       <c r="F242" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G242" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H242" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I242" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J242" s="2"/>
       <c r="K242" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="243" spans="1:11">
       <c r="A243" t="s">
-        <v>255</v>
+        <v>245</v>
       </c>
       <c r="B243" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C243" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-        <v>0.5</v>
+        <v>246</v>
+      </c>
+      <c r="D243" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E243" s="2"/>
+      <c r="F243" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G243" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H243" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I243" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I243" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J243" s="2"/>
       <c r="K243" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="244" spans="1:11">
       <c r="A244" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B244" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C244"/>
       <c r="D244" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E244" s="2"/>
       <c r="F244" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G244" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H244" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I244" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J244" s="2"/>
       <c r="K244" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="245" spans="1:11">
       <c r="A245" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="B245" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="C245"/>
+        <v>165</v>
+      </c>
+      <c r="C245" t="s">
+        <v>54</v>
+      </c>
       <c r="D245" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E245" s="2"/>
       <c r="F245" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G245" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H245" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I245" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J245" s="2"/>
       <c r="K245" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="246" spans="1:11">
       <c r="A246" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="B246" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C246" t="s">
-        <v>54</v>
-[...9 lines deleted...]
-        <v>17</v>
+        <v>14</v>
+      </c>
+      <c r="D246" s="2">
+        <v>50</v>
+      </c>
+      <c r="E246" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F246" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="G246" s="2">
+        <v>0.5</v>
       </c>
       <c r="H246" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I246" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J246" s="2"/>
+      <c r="I246" s="2">
+        <v>100</v>
+      </c>
+      <c r="J246" s="2" t="s">
+        <v>212</v>
+      </c>
       <c r="K246" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="247" spans="1:11">
       <c r="A247" t="s">
-        <v>259</v>
+        <v>250</v>
       </c>
       <c r="B247" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C247"/>
       <c r="D247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E247" s="2"/>
       <c r="F247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I247" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J247" s="2"/>
       <c r="K247" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="248" spans="1:11">
       <c r="A248" t="s">
-        <v>260</v>
+        <v>251</v>
       </c>
       <c r="B248" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="C248"/>
       <c r="D248" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E248" s="2"/>
       <c r="F248" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G248" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H248" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I248" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J248" s="2"/>
       <c r="K248" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="249" spans="1:11">
       <c r="A249" t="s">
-        <v>261</v>
+        <v>252</v>
       </c>
       <c r="B249" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="C249"/>
+        <v>165</v>
+      </c>
+      <c r="C249" t="s">
+        <v>54</v>
+      </c>
       <c r="D249" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E249" s="2"/>
       <c r="F249" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G249" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H249" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I249" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J249" s="2"/>
       <c r="K249" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="250" spans="1:11">
       <c r="A250" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="B250" t="s">
-        <v>171</v>
-[...14 lines deleted...]
-        <v>0.5</v>
+        <v>165</v>
+      </c>
+      <c r="C250"/>
+      <c r="D250" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E250" s="2"/>
+      <c r="F250" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G250" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H250" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I250" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I250" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J250" s="2"/>
       <c r="K250" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="251" spans="1:11">
       <c r="A251" t="s">
-        <v>263</v>
+        <v>254</v>
       </c>
       <c r="B251" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="C251"/>
+        <v>165</v>
+      </c>
+      <c r="C251" t="s">
+        <v>121</v>
+      </c>
       <c r="D251" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E251" s="2"/>
       <c r="F251" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G251" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H251" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I251" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J251" s="2"/>
       <c r="K251" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="252" spans="1:11">
       <c r="A252" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="B252" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C252"/>
       <c r="D252" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E252" s="2"/>
       <c r="F252" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G252" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H252" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I252" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J252" s="2"/>
       <c r="K252" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="253" spans="1:11">
       <c r="A253" t="s">
-        <v>265</v>
+        <v>256</v>
       </c>
       <c r="B253" t="s">
-        <v>171</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>165</v>
+      </c>
+      <c r="C253" t="s">
+        <v>14</v>
+      </c>
+      <c r="D253" s="2">
+        <v>1600</v>
+      </c>
+      <c r="E253" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F253" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="G253" s="2">
+        <v>0.5</v>
       </c>
       <c r="H253" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I253" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J253" s="2"/>
+      <c r="I253" s="2">
+        <v>100</v>
+      </c>
+      <c r="J253" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="K253" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="254" spans="1:11">
       <c r="A254" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
       <c r="B254" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C254"/>
       <c r="D254" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E254" s="2"/>
       <c r="F254" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G254" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H254" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I254" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J254" s="2"/>
       <c r="K254" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="255" spans="1:11">
       <c r="A255" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="B255" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="C255"/>
       <c r="D255" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E255" s="2"/>
       <c r="F255" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G255" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H255" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I255" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J255" s="2"/>
       <c r="K255" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="256" spans="1:11">
       <c r="A256" t="s">
-        <v>268</v>
+        <v>259</v>
       </c>
       <c r="B256" t="s">
-        <v>171</v>
-[...14 lines deleted...]
-        <v>0.75</v>
+        <v>165</v>
+      </c>
+      <c r="C256"/>
+      <c r="D256" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E256" s="2"/>
+      <c r="F256" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G256" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H256" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I256" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I256" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J256" s="2"/>
       <c r="K256" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="257" spans="1:11">
       <c r="A257" t="s">
-        <v>270</v>
+        <v>260</v>
       </c>
       <c r="B257" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C257"/>
       <c r="D257" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E257" s="2"/>
       <c r="F257" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G257" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H257" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I257" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J257" s="2"/>
       <c r="K257" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="258" spans="1:11">
       <c r="A258" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="B258" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C258" t="s">
-        <v>77</v>
-[...11 lines deleted...]
-        <v>1.1</v>
+        <v>54</v>
+      </c>
+      <c r="D258" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E258" s="2"/>
+      <c r="F258" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G258" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H258" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I258" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J258" s="2"/>
       <c r="K258" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="259" spans="1:11">
       <c r="A259" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
       <c r="B259" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C259" t="s">
-        <v>77</v>
+        <v>54</v>
       </c>
       <c r="D259" s="2">
-        <v>290</v>
+        <v>350</v>
       </c>
       <c r="E259" s="2" t="s">
-        <v>207</v>
+        <v>229</v>
       </c>
       <c r="F259" s="2">
-        <v>2.63</v>
+        <v>0.9</v>
       </c>
       <c r="G259" s="2">
-        <v>1.75</v>
+        <v>0.75</v>
       </c>
       <c r="H259" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I259" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J259" s="2"/>
+      <c r="I259" s="2">
+        <v>100</v>
+      </c>
+      <c r="J259" s="2" t="s">
+        <v>263</v>
+      </c>
       <c r="K259" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="260" spans="1:11">
       <c r="A260" t="s">
-        <v>272</v>
+        <v>264</v>
       </c>
       <c r="B260" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C260"/>
       <c r="D260" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E260" s="2"/>
       <c r="F260" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G260" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H260" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I260" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J260" s="2"/>
       <c r="K260" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="261" spans="1:11">
       <c r="A261" t="s">
-        <v>273</v>
+        <v>265</v>
       </c>
       <c r="B261" t="s">
-        <v>171</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>165</v>
+      </c>
+      <c r="C261" t="s">
+        <v>266</v>
+      </c>
+      <c r="D261" s="2">
+        <v>330</v>
+      </c>
+      <c r="E261" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="F261" s="2">
+        <v>1.65</v>
+      </c>
+      <c r="G261" s="2">
+        <v>1.1</v>
       </c>
       <c r="H261" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I261" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J261" s="2"/>
+      <c r="I261" s="2">
+        <v>25</v>
+      </c>
+      <c r="J261" s="2" t="s">
+        <v>168</v>
+      </c>
       <c r="K261" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="262" spans="1:11">
       <c r="A262" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
       <c r="B262" t="s">
-        <v>171</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>165</v>
+      </c>
+      <c r="C262" t="s">
+        <v>266</v>
+      </c>
+      <c r="D262" s="2">
+        <v>550</v>
+      </c>
+      <c r="E262" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="F262" s="2">
+        <v>1.2</v>
+      </c>
+      <c r="G262" s="2">
+        <v>0.8</v>
       </c>
       <c r="H262" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I262" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J262" s="2"/>
+      <c r="I262" s="2">
+        <v>50</v>
+      </c>
+      <c r="J262" s="2" t="s">
+        <v>168</v>
+      </c>
       <c r="K262" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="263" spans="1:11">
       <c r="A263" t="s">
-        <v>275</v>
+        <v>265</v>
       </c>
       <c r="B263" t="s">
-        <v>171</v>
-[...10 lines deleted...]
-        <v>17</v>
+        <v>165</v>
+      </c>
+      <c r="C263" t="s">
+        <v>266</v>
+      </c>
+      <c r="D263" s="2">
+        <v>240</v>
+      </c>
+      <c r="E263" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="F263" s="2">
+        <v>2.63</v>
+      </c>
+      <c r="G263" s="2">
+        <v>1.75</v>
       </c>
       <c r="H263" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I263" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J263" s="2"/>
+      <c r="I263" s="2">
+        <v>25</v>
+      </c>
+      <c r="J263" s="2" t="s">
+        <v>168</v>
+      </c>
       <c r="K263" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="264" spans="1:11">
       <c r="A264" t="s">
-        <v>276</v>
+        <v>267</v>
       </c>
       <c r="B264" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C264"/>
       <c r="D264" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E264" s="2"/>
       <c r="F264" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G264" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H264" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I264" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J264" s="2"/>
       <c r="K264" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="265" spans="1:11">
       <c r="A265" t="s">
-        <v>277</v>
+        <v>268</v>
       </c>
       <c r="B265" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="C265"/>
       <c r="D265" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E265" s="2"/>
       <c r="F265" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G265" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H265" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I265" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J265" s="2"/>
       <c r="K265" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="266" spans="1:11">
       <c r="A266" t="s">
-        <v>278</v>
+        <v>269</v>
       </c>
       <c r="B266" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C266"/>
       <c r="D266" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E266" s="2"/>
       <c r="F266" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G266" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H266" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I266" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J266" s="2"/>
       <c r="K266" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="267" spans="1:11">
       <c r="A267" t="s">
-        <v>279</v>
+        <v>270</v>
       </c>
       <c r="B267" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C267"/>
       <c r="D267" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E267" s="2"/>
       <c r="F267" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G267" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H267" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I267" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J267" s="2"/>
       <c r="K267" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="268" spans="1:11">
       <c r="A268" t="s">
-        <v>280</v>
+        <v>271</v>
       </c>
       <c r="B268" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C268"/>
       <c r="D268" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E268" s="2"/>
       <c r="F268" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G268" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H268" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I268" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J268" s="2"/>
       <c r="K268" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="269" spans="1:11">
       <c r="A269" t="s">
-        <v>281</v>
+        <v>272</v>
       </c>
       <c r="B269" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="C269"/>
+        <v>165</v>
+      </c>
+      <c r="C269" t="s">
+        <v>237</v>
+      </c>
       <c r="D269" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E269" s="2"/>
       <c r="F269" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G269" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H269" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I269" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J269" s="2"/>
       <c r="K269" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="270" spans="1:11">
       <c r="A270" t="s">
-        <v>282</v>
+        <v>273</v>
       </c>
       <c r="B270" t="s">
-        <v>283</v>
+        <v>165</v>
       </c>
       <c r="C270"/>
       <c r="D270" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E270" s="2"/>
       <c r="F270" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G270" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H270" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I270" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J270" s="2"/>
       <c r="K270" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="271" spans="1:11">
       <c r="A271" t="s">
-        <v>284</v>
+        <v>274</v>
       </c>
       <c r="B271" t="s">
-        <v>283</v>
-[...9 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="C271"/>
+      <c r="D271" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E271" s="2"/>
       <c r="F271" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="G271" s="2">
-        <v>0.38</v>
+      <c r="G271" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H271" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I271" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I271" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J271" s="2"/>
       <c r="K271" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="272" spans="1:11">
       <c r="A272" t="s">
-        <v>286</v>
+        <v>275</v>
       </c>
       <c r="B272" t="s">
-        <v>283</v>
-[...9 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="C272"/>
+      <c r="D272" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E272" s="2"/>
       <c r="F272" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="G272" s="2">
-        <v>0.38</v>
+      <c r="G272" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H272" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I272" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I272" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J272" s="2"/>
       <c r="K272" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="273" spans="1:11">
       <c r="A273" t="s">
-        <v>287</v>
+        <v>276</v>
       </c>
       <c r="B273" t="s">
-        <v>283</v>
+        <v>165</v>
       </c>
       <c r="C273"/>
       <c r="D273" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E273" s="2"/>
       <c r="F273" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G273" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H273" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I273" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J273" s="2"/>
       <c r="K273" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="274" spans="1:11">
       <c r="A274" t="s">
-        <v>288</v>
+        <v>277</v>
       </c>
       <c r="B274" t="s">
-        <v>283</v>
-[...9 lines deleted...]
-      </c>
+        <v>278</v>
+      </c>
+      <c r="C274"/>
+      <c r="D274" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E274" s="2"/>
       <c r="F274" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="G274" s="2">
-        <v>0.38</v>
+      <c r="G274" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H274" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I274" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="I274" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J274" s="2"/>
       <c r="K274" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="275" spans="1:11">
       <c r="A275" t="s">
-        <v>289</v>
+        <v>279</v>
       </c>
       <c r="B275" t="s">
-        <v>283</v>
-[...5 lines deleted...]
-      <c r="E275" s="2"/>
+        <v>278</v>
+      </c>
+      <c r="C275" t="s">
+        <v>54</v>
+      </c>
+      <c r="D275" s="2">
+        <v>8500</v>
+      </c>
+      <c r="E275" s="2" t="s">
+        <v>280</v>
+      </c>
       <c r="F275" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="G275" s="2" t="s">
-        <v>17</v>
+      <c r="G275" s="2">
+        <v>0.38</v>
       </c>
       <c r="H275" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I275" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J275" s="2"/>
+      <c r="I275" s="2">
+        <v>100</v>
+      </c>
+      <c r="J275" s="2" t="s">
+        <v>212</v>
+      </c>
       <c r="K275" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="276" spans="1:11">
       <c r="A276" t="s">
-        <v>290</v>
+        <v>281</v>
       </c>
       <c r="B276" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="C276" t="s">
         <v>54</v>
       </c>
       <c r="D276" s="2">
-        <v>7300</v>
+        <v>5400</v>
       </c>
       <c r="E276" s="2" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="F276" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G276" s="2">
         <v>0.38</v>
       </c>
       <c r="H276" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I276" s="2">
         <v>100</v>
       </c>
       <c r="J276" s="2" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="K276" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="277" spans="1:11">
       <c r="A277" t="s">
-        <v>291</v>
+        <v>282</v>
       </c>
       <c r="B277" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="C277"/>
       <c r="D277" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E277" s="2"/>
       <c r="F277" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G277" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H277" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I277" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J277" s="2"/>
       <c r="K277" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="278" spans="1:11">
       <c r="A278" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="B278" t="s">
-        <v>283</v>
-[...5 lines deleted...]
-      <c r="E278" s="2"/>
+        <v>278</v>
+      </c>
+      <c r="C278" t="s">
+        <v>14</v>
+      </c>
+      <c r="D278" s="2">
+        <v>2800</v>
+      </c>
+      <c r="E278" s="2" t="s">
+        <v>280</v>
+      </c>
       <c r="F278" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="G278" s="2" t="s">
-        <v>17</v>
+      <c r="G278" s="2">
+        <v>0.38</v>
       </c>
       <c r="H278" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I278" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J278" s="2"/>
+      <c r="I278" s="2">
+        <v>100</v>
+      </c>
+      <c r="J278" s="2" t="s">
+        <v>212</v>
+      </c>
       <c r="K278" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="279" spans="1:11">
       <c r="A279" t="s">
-        <v>293</v>
+        <v>284</v>
       </c>
       <c r="B279" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="C279"/>
       <c r="D279" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E279" s="2"/>
       <c r="F279" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G279" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H279" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I279" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J279" s="2"/>
       <c r="K279" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="280" spans="1:11">
+      <c r="A280" t="s">
+        <v>285</v>
+      </c>
+      <c r="B280" t="s">
+        <v>278</v>
+      </c>
+      <c r="C280" t="s">
+        <v>54</v>
+      </c>
+      <c r="D280" s="2">
+        <v>7300</v>
+      </c>
+      <c r="E280" s="2" t="s">
+        <v>280</v>
+      </c>
+      <c r="F280" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G280" s="2">
+        <v>0.38</v>
+      </c>
+      <c r="H280" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I280" s="2">
+        <v>100</v>
+      </c>
+      <c r="J280" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="K280" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="281" spans="1:11">
+      <c r="A281" t="s">
+        <v>286</v>
+      </c>
+      <c r="B281" t="s">
+        <v>278</v>
+      </c>
+      <c r="C281"/>
+      <c r="D281" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E281" s="2"/>
+      <c r="F281" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G281" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H281" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I281" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J281" s="2"/>
+      <c r="K281" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="282" spans="1:11">
+      <c r="A282" t="s">
+        <v>287</v>
+      </c>
+      <c r="B282" t="s">
+        <v>278</v>
+      </c>
+      <c r="C282"/>
+      <c r="D282" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E282" s="2"/>
+      <c r="F282" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G282" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H282" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I282" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J282" s="2"/>
+      <c r="K282" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="283" spans="1:11">
+      <c r="A283" t="s">
+        <v>288</v>
+      </c>
+      <c r="B283" t="s">
+        <v>278</v>
+      </c>
+      <c r="C283"/>
+      <c r="D283" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E283" s="2"/>
+      <c r="F283" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G283" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H283" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I283" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J283" s="2"/>
+      <c r="K283" s="2" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>